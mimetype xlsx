--- v0 (2025-10-12)
+++ v1 (2026-01-13)
@@ -10,169 +10,223 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6096" uniqueCount="1683">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8282" uniqueCount="2460">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Affonso Cândido</t>
   </si>
   <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/845/emenda_modificativa_001-gabpref-2025_-_ploa-2026.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa nº 001/GABPREF/2025 ao Projeto de Lei nº 4425 (3281 de origem), de autoria do Poder Executivo, que "Modifica a redação do inciso I do artigo 4º".</t>
+  </si>
+  <si>
+    <t>981</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Scopony</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/981/emenda_modificativa_ao_pl_4423_2025_scopony_-_convenio_sejus.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa n. 001/2025 ao Projeto de Lei n. 4423/2025 (3280 de origem), de autoria do Vereador Ademir Pereira (Scopony), que “Modifica a redação do art. 3º e art. 6”.</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Rosana Pereira</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1004/emendas_aditivas_4_rosana_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Emenda n. 004 ao Projeto de Lei n. 4425/2025 (3281 de origem), que “Acrescenta o artigo 16-A”.</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1005/01-emenda_modificativa-2_ao_proj._3296_para_anexo_no_sapl.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa nº 002/GABPREF/2025 (de origem) ao Projeto de Lei nº 3296/2025, de autoria do Poder Executivo, que "Modifica a redação do artigo 7º".</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>CFO - Finanças e Orçamento, CCJR - Constituição, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1008/emenda_modificativa_002_ccjr_e_cfo_ao_pl_4443_3296_de_origem.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa nº 002/2025 ao Projeto de Lei nº 3296/2025, de autoria da Comissão de Finanças e Orçamento (CFO) e Comissão de Constituição, Justiça e Redação (CCJR), que "Modifica a redação do Inciso VIII do art. 6º".</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
     <t>https://sapl.jiparana.ro.leg.br/media/</t>
   </si>
   <si>
-    <t>Emenda Modificativa nº 001/GABPREF/2025, de autoria do Poder Executivo ao Projeto de Lei nº 4425 (3281 de origem), de 15 de setembro de 2025 (ID 2041217), que “Estima a receita e fixa a despesa do Município de Ji-Paraná para o exercício financeiro de 2026”.</t>
+    <t>Emenda à Lei Orgânica nº 022/2025, de 02 de dezembro de 2025, de autoria da Mesa Diretora, que “Acrescenta o Parágrafo único ao art. 60 da Lei Orgânica do Município de Ji-Paraná”.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>André da Royal</t>
   </si>
   <si>
     <t>Indicação n.001/2025, solicitando pavimentação da Rua Maracatiara (T-20), no trecho de aproximadamente 100 metros, entre as Ruas Belém e Boa Vista, no Bairro Val Paraíso.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação n.002/2025, solicitando recuperação da Rua Aladir Marques, nas proximidades do número residencial 1668, esquina com a praça pública, ao lado do Frigorifico Rondônia, Bairro Capelasso.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Indicação n.003/2025, solicitando recuperação da Rua Bélgica, no trecho em frente ao Centro Municipal de Educação Infantil Joaquim Pedro, localizado no Bairro São Cristóvão.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação n.004/2025, solicitando recuperação da Rua Elias Cardoso Balau, no trecho entre as Ruas Antônio Oliveira Meronho e Francisco Benites, no Bairro São Bernardo, Km-04.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação n.005/2025, solicitando pavimentação da Rua Mogno, no trecho entre a Rua Boa Vista e Rua Campo Grande, no Bairro Val Paraíso.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>Geraldo da 102</t>
   </si>
   <si>
     <t>Indicação n. 006/2025, solicitando patrolamento e cascalhamento da Rua Capitão Silvio, entre as Ruas Rio Tapajós e Rio Aripuanã, no Bairro Dom Bosco, em um trecho de aproximadamente de 1000 mts.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação n.007/2025, solicitando recuperação do cruzamento da Avenida Guanabara (K-3) com a Rua Madri (T-29), no Bairro Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Indicação n.008/2025, solicitando tapa Buraco na Rua 31 de março com a Rua Menezes Filho, no Bairro Jardim dos Migrantes, ao lado da Auto Escola Rota.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Indicação n.009/2025, solicitando reabertura da Farmácia Básica L1 Maringá no Período Vespertino.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>10</t>
@@ -462,53 +516,50 @@
   <si>
     <t>776</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Indicação n.041/2025, solicitando instalação de meio fio na Rua Washington Luiz (T-11), no Bairro São Pedro.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Indicação n.042/2025, solicitando reforma no Centro de Especialidade Padre Adolfo Rohl, situado na Rua Presidente Vargas, nº 1053, no Bairro Centro.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>Scopony</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação n.043/2025, solicitando manutenção das quadras de vôlei do Cedel BNH localizado na Rua. Caucheiro, 246 Bairro Cafezinho.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Indicação n.044/2025, solicitando manutenção e limpeza do Igarapé Pintado, com risco de desmoronamento no trecho localizado na Rua Idelfonso Silva, entre as ruas T3 e T4 na K4, no Fundo da ABB, Bairro Nova Brasília, segundo distrito da cidade.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Indicação n.045/2025, solicitando revitalização da faixa de pedestre em frente a comunidade São Sebastião N° 531 localizado na Av. das Seringueiras (T14), no Bairro Cafezinho.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>46</t>
@@ -558,95 +609,95 @@
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Geraldo da 102, Wanderson (Bença)</t>
   </si>
   <si>
     <t>Indicação n.051/2025, solicitando concurso público para Agente Comunitário de Saúde (ACS) e Agente de Combate às Endemias (ACE).</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Indicação n.052/2025, solicitando que seja feita a reforma geral e a realização de um estudo técnico-pedagógico no Centro Municipal de Ensino Infantil Marcelino Calegário, localizado na Rua João do Nascimento (antiga Rua do Cipó), nº1068, no Bairro São Bernardo.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>Rosana Pereira</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação n.053/2025, solicitando ao Prefeito do Município de Ji-Paraná, e a Secretaria de Meio Ambiente que seja feita a limpeza dos terrenos em frente a Creche Municipal Profª Vera Lúcia, na Rua Aracajú (T24 – T25).</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Indicação n.054/2025, solicitando reparos urgentes na rua Antônio Estofel – Bairro Novo Ji-paraná, próximo a associação do bairro.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Welinton Fonseca</t>
   </si>
   <si>
     <t>Indicação n.055/2025, solicitando que seja providenciado a aquisição de Veículo Ônibus Multi Sensorial para as pessoas com TEA e seus acompanhantes.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
+    <t>Wanderson (Bença), Ademilson Procópio</t>
+  </si>
+  <si>
+    <t>Indicação n.056/2025, solicitando estudo para realização do Transporte Coletivo (circular) com tarifa zero para os munícipes de nosso Município.</t>
+  </si>
+  <si>
+    <t>711</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
     <t>Wanderson (Bença)</t>
   </si>
   <si>
-    <t>Indicação n.056/2025, solicitando estudo para realização do Transporte Coletivo (circular) com tarifa zero para os munícipes de nosso Município.</t>
-[...7 lines deleted...]
-  <si>
     <t>Indicação n.057/2025, solicitando desobstrução da rede de esgoto na rua Menezes Filho entre a rua Dom Bosco e rua JK, Bairro Bela Vista.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Indicação n.058/2025, solicitando desobstrução da rede de esgoto, na rua 15 de Novembro (entre a rua Padre Adolfo e rua JK), Bairro Casa Preta.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Indicação n.059/2025, solicitando limpeza e poda das árvores na praça do centro, na Av. Marechal Rondon - Bairro centro.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>60</t>
@@ -4626,483 +4677,2764 @@
   <si>
     <t>841</t>
   </si>
   <si>
     <t>Indicação n.696/2025, solicitando pintura de quebra-mola(lombada) na Rua João Batista Neto (T12) entre Av. Maringá e Rua Curitiba, Bairro Nova Brasília.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>Indicação n.697/2025, solicitando envio de Projeto de Lei nos termos do Anteprojeto de Lei nº 022/2025 que “Cria o selo para registro de produtos artesanais de origem vegetal no município de Ji-Paraná” e dá outras providências”. (Anexo Anteprojeto n. 022/2025).</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>Indicação n.698/2025, solicitando reforma da Praça do Bairro Jardim dos Migrantes com Instalações de Lixeiras Ecológicas.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>Indicação n.699/2025, solicitando reestruturação da Ala de Geriatria do Hospital Municipal – HM.</t>
   </si>
   <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>Indicação n.700/2025, solicitando que seja feita a substituição das luminárias existentes, por novas luminárias em LED, com aumento de potência, na Avenida Governador Jorge Teixeira, no trecho entre T-1 até a T-26, no Bairro Nova Brasília.</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>Indicação n.701/2025, solicitando que seja feita a substituição das luminárias existentes, por novas luminárias em LED, com aumento de potência, na Rua 31 de Março, no trecho entre a Rua Oscarina Marques e a Rua Piauí, ligação entre o Bairro Jardim dos Migrantes e o Bairro Santiago.</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>Indicação n.702/2025, solicitando que seja feita a substituição das luminárias existentes, por novas luminárias em LED, com aumento de potência, na Rua Jasmim, no trecho entre a Rua Piauí e a Rua José Odilon Rios, localizada no Bairro Santiago.</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>Indicação n.703/2025, solicitando reestruturação da equipe de enfermagem do Hospital Municipal – HM.</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>Indicação n.704/2025, solicitando patrolamento de toda a extensão da Linha Santa Rita, localizada na zona rural deste município.</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>Indicação n.705/2025, solicitando pavimentação com massa asfáltica das seguintes Ruas localizadas no Bairro Jardim Presidencial III. Rua São Cristóvão, no trecho entre as ruas Castelo Branco e Tancredo Neves; Rua 13 de Setembro, no trecho entre as Ruas Castelo Branco e Tancredo neves; Rua Dr. Antônio Lázaro de Moura, no trecho entre as Ruas Antônio Ferreira de Freitas e Tancredo Neves.</t>
+  </si>
+  <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>Indicação n.706/2025, solicitando pavimentação na Rua Piaui entre Rua Jasmim e Rua dos Cravos, no Bairro Santiago.</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>707</t>
+  </si>
+  <si>
+    <t>Indicação n.707/2025, solicitando pavimentação na rua Contagem em toda sua extensão no Bairro Jorge Teixeira.</t>
+  </si>
+  <si>
+    <t>871</t>
+  </si>
+  <si>
+    <t>708</t>
+  </si>
+  <si>
+    <t>Indicação n.708/2025, solicitando pavimentação na Rua dos Cravos entre a Rua Piauí e Rua Mato Grosso.</t>
+  </si>
+  <si>
+    <t>872</t>
+  </si>
+  <si>
+    <t>709</t>
+  </si>
+  <si>
+    <t>Indicação n.709/2025, solicitando o envio de Projeto de Lei nos termos do Anteprojeto de Lei nº 23/2025 que “Dispõe sobre a Garantia à Gestante em optar pelo parto Cesariano, a partir da trigésima nona semana de Gestação, no âmbito do Município de Ji-Paraná e dá outras providências”. (Anexo Anteprojeto n. 23/2025).</t>
+  </si>
+  <si>
+    <t>873</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>Indicação n.710/2025, solicitando que a Autarquia Municipal de Transito e Transportes – AMT, realize os serviços, como pintura de sinalização, manutenção viária ou quaisquer outras intervenções no perímetro urbano, fora do horário de pico.</t>
+  </si>
+  <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>Indicação n.711/2025, solicitando o envio de Projeto de Lei nos termos do Anteprojeto de Lei nº 24/2025, que “Institui o Cadastro Municipal e a Carteira de Identificação da Pessoa com Transtorno do Espectro Autista (CIPTEA) no Município de Ji-Paraná, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>Indicação n.712/2025, solicitando instalação de uma lombada na Rua Castro Alves, no Bairro Jardim Presidencial, primeiro distrito desta cidade.</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>Indicação n.713/2025, solicitando limpeza e desobstrução do bueiro localizado na Rua Venceslau Brás com a Rua Vinicius de Moraes, no Bairro São Pedro.</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>Indicação n.714/2025, solicitando recuperação da Pavimentação Asfáltica na Rua Doutor Fiel esquina com a Rua Costa e Silva, no Bairro Vila Jotão.</t>
+  </si>
+  <si>
+    <t>878</t>
+  </si>
+  <si>
+    <t>Indicação n.715/2025, solicitando recuperação dos blocos de concreto da Rua Maracanã no trecho entre as Ruas Projetada 14 e Maria das Graças de Souza, Bairro Orleans.</t>
+  </si>
+  <si>
+    <t>879</t>
+  </si>
+  <si>
+    <t>Indicação n.716/2025, solicitando recuperação da tampa do sistema de captação de águas pluviais, localizada na Av. Transcontinental, próximo ao número 2297, no Bairro Riachuelo.</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>Indicação n.717/2025, solicitando que seja providenciado a sinalização vertical e horizontal da Rua João Batista Neto esquina com a Avenida São Paulo, bairro Nova Brasília.</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>Indicação n.718/2025, solicitando limpeza do canal na Rua Sebastião O. de Oliveira, Bairro Novo Ji- Paraná em toda a sua extensão, uma vez que o mesmo se encontra tomado por mato e detritos, o que tem comprometido o escoamento adequado das águas pluviais.</t>
+  </si>
+  <si>
+    <t>882</t>
+  </si>
+  <si>
+    <t>Indicação n.719/2025, solicitando desobstrução do canal localizado na Avenida Edson Lima do Nascimento com Rua Progresso, Bairro Jardim Flórida.</t>
+  </si>
+  <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>Indicação n.720/2025, solicitando desobstrução do canal localizado na Rua Rio Jaru com Avenida 06 de Maio, Bairro Dom Bosco.</t>
+  </si>
+  <si>
+    <t>884</t>
+  </si>
+  <si>
+    <t>Indicação n.721/2025, solicitando instalação de placa de identificação escolar em frente ao Colégio União localizado na Rua Almirante Barroso, Bairro Centro.</t>
+  </si>
+  <si>
+    <t>885</t>
+  </si>
+  <si>
+    <t>Indicação n.722/2025, solicitando tapa-buraco na Rua Ipê entre a Avenida Maringá e Rua Curitiba.</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>Indicação n.723/2025, solicitando implantação de uma faixa de pedestres em frente ao IFRO (Instituto Federal de Rondônia) localizado na Rua Rio Amazonas, Bairro Jardim dos Migrantes.</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>Indicação n.724/2025, solicitando limpeza e remoção de entulhos na Rua Cruzeiro do Sul, nas proximidades da BR-364, situada no Bairro Riachuelo.</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>Indicação n.725/2025, solicitando implantação de uma Placa de PARE no cruzamento da Rua Sena Madureira esquina com a Rua Imburana (T21) Bairro Jorge Teixeira.</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>Indicação n.726/2025, solicitando implantação de uma faixa de pedestres em frente à Igreja Evangélica Assembléia de Deus localizada na Rua Sena Madureira esquina com Rua Imburana (T21) Bairro Jorge Teixeira.</t>
+  </si>
+  <si>
+    <t>890</t>
+  </si>
+  <si>
+    <t>Indicação n.727/2025, solicitando tapa-buraco na Rua Belém esquina com a Rua Joaquim Francisco de Oliveira, Bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>Indicação n.728/2025, solicitando que seja realizado um estudo técnico voltado ao escoamento de águas pluviais na Rua Pinhais, Bairro Parque São Pedro.</t>
+  </si>
+  <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>Indicação n.729/2025, solicitando dedetização de todo o Hospital Municipal – HM</t>
+  </si>
+  <si>
+    <t>893</t>
+  </si>
+  <si>
+    <t>Indicação n.730/2025, solicitando substituição da ponte existente por bueiro, implantação de bueiro e serviços de patrolamento e cascalhamento na linha 102, no Travessão Cem (travessão do Pastor Nilson)..</t>
+  </si>
+  <si>
+    <t>894</t>
+  </si>
+  <si>
+    <t>Indicação n.731/2025, solicitando manutenção dos assentos do Pronto Atendimento e verificação da qualidade da água do Hospital Municipal.</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>Indicação n.732/2025, solicitando instalação de kit completo de lâmpadas e afins na Rua Rio Amazonas esquina com Rua Rio Branco, Bairro Jardim dos Migrantes.</t>
+  </si>
+  <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>Indicação n.733/2025, solicitando pintura dos quebra-molas(lombada) nas duas vias das marginais sentido (Bairro Centro e Centro Bairro) do 2º distrito no Bairro Vila Jotão.</t>
+  </si>
+  <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>Indicação n.734/2025, solicitando com urgência o plantio de arvores no pátio da Unidade Básica de Saúde do Green Park.</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>Indicação n.735/2025, solicitando que seja realizado estudo técnico visando a implantação de drenagem pluvial e posterior a operação tapa-buraco na Avenida Vitória Régia, com início entre a Rua Anísio Moreira até a Rua Oliveira, no Bairro Novo Horizonte.</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>Indicação n.736/2025, solicitando que seja realizado o serviço de tapa-buraco, na Rua Jk, em frente ao comércio Foto Imagem, localizada no Bairro Casa Preta.</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>Indicação n.737/2025, solicitando abertura de Rua ligando a Rua Nilbert Serrat a Av. Edson Lima Nascimento.</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>Indicação n.738/2025, solicitando pavimentação com massa asfáltica da Rua Ranielli Mazzilli (t-05), no trecho compreendido entre a Rua Xapuri e a Rua Brasiléia, no Bairro Riachuelo.</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>Indicação n.739/2025, solicitando patrolamento e cascalhamento na Linha 98, no trecho compreendido entre o Travessão N e a Linha 128.</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>Indicação n.740/2025, solicitando pavimentação com massa asfáltica da Rua Belém, no trecho compreendido entre as Ruas Caucheiro e Ipê, no Bairro Val Paraíso.</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>Indicação n.741/2025, solicitando substituição das lâmpadas amarelas por led/branca na Rua Sábia Laranjeiras no Bairro Planalto II.</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>Indicação n.742/2025, solicitando manutenção e tapa-buraco na Rua dos Professores no Bairro Primavera, segundo distrito desta cidade.</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>Indicação n.743/2025, solicitando manutenção e tapa-buraco na Av. Aracaju no Bairro Primavera, segundo distrito desta cidade.</t>
+  </si>
+  <si>
+    <t>911</t>
+  </si>
+  <si>
+    <t>Indicação n.744/2025, solicitando que seja providenciada com urgência a realização de serviços de manutenção e reparo nas seguintes praças públicas do município de Ji-Paraná, Praça do Feirão do Produtor; Praça do Bairro Primavera; Praça do Bairro Colina Parque e Praça do Bairro Rondon I.</t>
+  </si>
+  <si>
+    <t>918</t>
+  </si>
+  <si>
+    <t>Indicação n.745/2025, solicitando que seja providenciado a recuperação da pavimentação asfáltica na Rua Pedro Ferreira de Castro, entre as Ruas Raimundo Pereira Gama e Rua Ipê, no bairro Copas Verdes.</t>
+  </si>
+  <si>
+    <t>919</t>
+  </si>
+  <si>
+    <t>Indicação n.746/2025, solicitando que seja realizada a substituição de pontos de iluminação danificados na Rua Belém, no trecho entre as Ruas Amapá e Boa Vista próximo ao número 2962, no Bairro JK.</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>Indicação n.747/2025, solicitando que seja realizada a substituição de pontos de iluminação danificados na Rua Cedro, no trecho entre as Ruas Boa Vista e Amapá, próximo aos números residenciais nº 2971 e 3091,  no Bairro JK.</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>Indicação n.748/2025, solicitando patrolamento e cascalhamento na Rua Avenca entre a Rua Piauí e Rua Acre Bairro, no Bairro Jardim Presidencial.</t>
+  </si>
+  <si>
+    <t>922</t>
+  </si>
+  <si>
+    <t>Indicação n.749/2025, solicitando instalação de placas de sinalização viária no Bairro Jorge Teixeira. Nas Ruas Criciúma, Rua Cruzeiro do Sul, Rua Castanheira, Rua Itapevi, Rua Tarauacá, Rua Jaú, Rua Lins, Rua E e Rua Colorado do Oeste.</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>Indicação n.750/2025, solicitando um estudo técnico para pavimentação asfáltica na Rua Colorado de Abreu, na altura do n.° 94, bairro 2 de Abril, 1° distrito, e Rua México, na altura do n.° 115, bairro Jardim das Seringueiras, 2° distrito.</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>Indicação n.751/2025, solicitando o envio de Projeto de Lei nos termos do Anteprojeto de Lei nº 25/2025, que “Dispõe sobre a comercialização de   fios de cobre, cabos elétricos, alumínio e materiais similares, permitindo sua venda somente por pessoas jurídicas regularmente inscritas no CNPJ, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>Indicação n.752/2025, solicitando assentamento de aduelas na Linha 08 do 09, Setor Itapirema.</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>Indicação n.753/2025, solicitando instalação ou reparo da iluminação na rua Gabriel Vieira de Melo, em toda sua extensão, no Bairro novo Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>Indicação n.754/2025, solicitando serviço de tapa-buraco na Rua Caucheiro esquina com AV. Brasil em frente a RD Farma, no Bairro Nova Brasília.</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>Indicação n.755/2025, solicitando serviço de pintura de três lombadas na Rua Rita Carneiro Rios, Bairro Novo Urupá.</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>Indicação n.756/2025, solicitando substituição de pontos de iluminação danificados na Av. Governador Jorge Teixeira, no trecho entre a Rua Caucheiro e Rua Ipê, próximo aos números Residenciais nº 1852 e 1879, no Bairro Nova Brasília.</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>Indicação n.757/2025, solicitando que seja providenciado os devidos reparos na cobertura do Ginásio Adão Valdir Lamota, localizado na Rua T-17, Bairro Nova Brasília.</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>Indicação n.758/2025, solicitando instalação de iluminação pública no redondo da RO 135(Rodovia Pastor Severo Antônio de Araújo), com a BR 364 no Anel Viário.</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>Indicação n.759/2025, solicitando tapar os buracos da Rua Padre Ângelo Cerri com Rua Júlio Guerra, no Bairro 2 de Abril.</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>Indicação n.760/2025, solicitando instalação do kit completo de lâmpadas e afins na Rua Rio Amazonas esquina com Rua Rio Branco, Bairro Jardim dos Migrantes.</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>Indicação n.761/2025, solicitando o envio de Projeto de Lei nos termos do Anteprojeto de Lei nº 026/2025 que “Dispõe sobre a Criação do Programa Caminho Rural no município de Ji-Paraná e dá outras providências”. (Anexo Anteprojeto n. 026/2025.</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>Indicação n.762/2025, solicitando patrolamento e cascalhamento da Linha 82.</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>Indicação n.763/2025, solicitando patrolamento e cascalhamento no travessão que liga a Linha 74 à Linha 78, sentido Linha 128.</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>Indicação n.764/2025, solicitando patrolamento e cascalhamento do Travessão N (saída de Nova Colina), até à linha 74.</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>Indicação n.765/2025, solicitando com a máxima urgência o fechamento do bueiro aberto na Rua Holanda, Bairro jardim são Cristóvão.</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>Indicação n.766/2025, solicitando limpeza do bueiro na Rua José Eduardo Vieira (T-05), com a Rua Manoel Franco no Bairro Nova Brasília.</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>Indicação n.767/2025, solicitando manutenção de reparos de buracos na Rua Barão do Rio Branco com a Rua Boa Vista (k-0), Bairro Valparaíso.</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>Indicação n.768/2025, solicitando manutenção do Asfalto na Rua Porto Rico, Bairro Boa Esperança, no Segundo Distrito.</t>
+  </si>
+  <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>Indicação n.769/2025, solicitando manutenção dos Buracos na Rua Jorge Teixeira, que dá acesso ao Beira Rio, no Bairro Duque de Caxias, no segundo distrito.</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>Indicação n.770/2025, solicitando limpeza e roçagem nas dependências da UBS Jucelino Cardoso .</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>Indicação n.771/2025, solicitando limpeza e roçagem na praça do BNH e ao Redor do CEDEL.</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>Indicação n.772/2025, solicitando roçagem de grama na frente e lateral do Ginásio Adão Lamota.</t>
+  </si>
+  <si>
+    <t>958</t>
+  </si>
+  <si>
+    <t>Indicação n.773/2025, solicitando reforma do parque Jardim dos Migrantes.</t>
+  </si>
+  <si>
+    <t>968</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>Indicação n. 774/2025, solicitando o envio de Projeto de Lei, conforme os termos do Anteprojeto de Lei nº 27/2025, que “Dispõe sobre a cessão e a doação de bens móveis, equipamentos e maquinários do município às associações rurais e afins”. (Anexo Anteprojeto n.027/2025)</t>
+  </si>
+  <si>
+    <t>971</t>
+  </si>
+  <si>
+    <t>Indicação n.775/2025, solicitando pavimentação com massa asfáltica na Rua Manoel Franco, no trecho compreendido entre a Rua Mogno (T-19) e a Rua Imburana (T-21), Bairro Nova Brasília.</t>
+  </si>
+  <si>
+    <t>972</t>
+  </si>
+  <si>
+    <t>Indicação n.776/2025, solicitando pavimentação com massa asfáltica em diversas vias do Bairro São Pedro: Rua Plácido de Castro, no trecho que encontra a Rua Vinícius de Morais; Rua Vinícius de Morais, no trecho entre a Rua Xapuri e a Rua Edson lima do Nascimento (94); Rua Feijó, no trecho que vai da t-12 até a t-01; Rua Tarauacá, no trecho da t-12 até a t-01; Rua Colorado do Oeste, até a t-08;  Rua Júlio Prestes, no trecho entre a Rua Edson Lima do Nascimento (94) e a Rua Xapuri; Rua João Goulart, no trecho entre a Rua Xapuri e a Rua Cruzeiro do Sul.</t>
+  </si>
+  <si>
+    <t>973</t>
+  </si>
+  <si>
+    <t>Indicação n.777/2025, solicitando reparo e a manutenção da Rua Lindicelma Alves de Jesus, localizada no bairro Bosque dos Ipês I, bem como que seja avaliada a viabilidade técnica para instalação de um bueiro na mesma via.</t>
+  </si>
+  <si>
+    <t>974</t>
+  </si>
+  <si>
+    <t>Indicação n.778/2025, solicitando que seja providenciada a desobstrução de bueiro e estudo de viabilidade técnica na Rua Boa Vista com Rua José Bezerra (T-09), Bairro São Francisco.</t>
+  </si>
+  <si>
+    <t>975</t>
+  </si>
+  <si>
+    <t>Indicação n.779/2025, solicitando que seja providenciada a viabilidade da desobstrução dos bueiros localizado na Rua Paraná, no Bairro Casa Preta.</t>
+  </si>
+  <si>
+    <t>976</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>Indicação n.780/2025, solicitando que seja providenciada instalação de meio-fio nas Ruas Triângulo Mineiro (T-08) e José Bezerra (T-09) até a Rua Belém (K-01), Bairro São Francisco.</t>
+  </si>
+  <si>
+    <t>977</t>
+  </si>
+  <si>
+    <t>Indicação n.781/2025, solicitando que seja providenciada a limpeza completa da Praça do Feirão do Produtor.</t>
+  </si>
+  <si>
+    <t>978</t>
+  </si>
+  <si>
+    <t>Indicação n.782/2025, solicitando que seja providenciada o reparo urgente na Rua Paraná, ao lado da Clínica Clineron, Bairro Casa Preta.</t>
+  </si>
+  <si>
+    <t>979</t>
+  </si>
+  <si>
+    <t>Indicação n.783/2025, solicitando que seja providenciada serviços de reparo, manutenção e recuperação das vias, Rua Rio Madeira, entre a Rua Porto Velho e a Rua Capitão Sílvio, Bairro Dom Bosco; Rua Cedro (T-23), em toda a sua extensão, Bairro Nova Brasília; Cruzamento da Rua Itapevi com a Rua Tucuruí, Bairro Jorge Teixeira; Avenida Raimundo José da Silva, em toda a sua extensão, Bairro Primavera.</t>
+  </si>
+  <si>
+    <t>980</t>
+  </si>
+  <si>
+    <t>Indicação n.784/2025, solicitando que seja providenciada a viabilidade técnica para instalação de lombadas, Rua Soldado da Borracha – Bairro Jardim dos Migrantes, Rua Miguel Galdino – Bairro Jardim dos Migrantes, Avenida Raimundo José da Silva – Bairro Primavera, Rua Aracaju com Rua Imburana T-21 – Bairro Nova Brasília, Rua Cruzeiro do Sul com T-20, Rua Maracatiara, n° 849, bairro Jorge Teixeira.</t>
+  </si>
+  <si>
+    <t>983</t>
+  </si>
+  <si>
+    <t>Indicação n.785/2025, solicitando pavimentação com massa asfáltica da Rua Andorinhas, no trecho compreendido entre a Rua T-20 e Rua T-21, no Bairro JK.</t>
+  </si>
+  <si>
+    <t>991</t>
+  </si>
+  <si>
+    <t>Indicação n.786/2025, solicitando limpeza e desobstrução de bueiro localizado na Rua São Cristóvão, no Bairro Jardim Presidencial.</t>
+  </si>
+  <si>
+    <t>992</t>
+  </si>
+  <si>
+    <t>Indicação n.787/2025, solicitando substituição de pontos de iluminação danificados na Rua Jasmim, próximo ao número residencial nº  2376,  no Bairro Santiago – km05.</t>
+  </si>
+  <si>
+    <t>993</t>
+  </si>
+  <si>
+    <t>Indicação n.788/2025, solicitando substituição de pontos de iluminação danificados na Linha 3, próximo ao lote 4, Setor Chacareiro Alphaville, após o condomínio Ecoville, em Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>Indicação n.789/2025, solicitando pavimentação da Rua Santa Clara (da T-6 a T-8), no Bairro São Pedro.</t>
+  </si>
+  <si>
+    <t>995</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>Indicação n.790/2025, solicitando complemento de pavimentação com massa asfáltica nas seguintes vias do Bairro Jardim das Seringueiras: Rua Honduras, Rua Egito e Rua Itália, no trecho que compreende da Rua Venezuela até a Rua Bolívia.</t>
+  </si>
+  <si>
+    <t>996</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>Indicação n.791/2025, solicitando instalação de redutores de velocidade na Avenida Curitiba, no cruzamento com a T-17, Bairro Nova Brasília.</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>Indicação n.792/2025, solicitando reforma do muro da Escola Paulo Freire na Linha 153, LT 03 Área Rural de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>Indicação n.793/2025, solicitando recuperação da Rua Tarauacá, no Bairro Riachuelo, em Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>Indicação n.794/2025, solicitando limpeza e roçagem de mato na Escola 13 de Maio.</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>Indicação n.795/2025, solicitando roçagem e podagem das arvores na UBS do KM5 – Bairro Santiago.</t>
+  </si>
+  <si>
     <t>836</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Mensagem de Retirada n. 003/GABPREF/PMJP/2025 do Projeto de Lei n. 4433 (3289 de origem), de 29 setembro de 2025, que “Altera e revoga dispositivos da Lei Municipal n. 2536, de 10 de outubro de 2013 para instituir a Gratificação de Incentivo à Atividade Médica, devida aos profissionais médicos da Rede Municipal de Saúde, que atuem no Hospital Municipal, na Unidade de Pronto Atendimento (UPA) e no Serviço de Atendimento Móvel de Urgência (SAMU), e dá outras providências”.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Expressa homenagem e reconhecimento ao Corpo de Bombeiros Militar de Ji-Paraná e ao IBAMA, pelo desempenho exemplar e pelos relevantes serviços prestados à população, especialmente no episódio envolvendo a captura de uma onça-pintada em área urbana do Município de Ji-Paraná, Rondônia.</t>
   </si>
   <si>
     <t>Expressa homenagem e reconhecimento ao Senhor Júlio Cesar Rios Júnior – Delegado de Polícia Civil de Ji-Paraná, em razão de sua atuação ética, comprometida e exemplar em defesa da vida e dos direitos dos animais.</t>
   </si>
   <si>
     <t>Expressa homenagem e reconhecimento à Senhora Henir Magalhães Santos da Silva, pelos relevantes serviços prestados à comunidade ji-paranaense na área da assistência social, em especial por meio do Projeto Sopão.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>Moção de Aplauso nº 031/2025, de 07 de outubro de 2025, de autoria da Vereadora Weslei da Silva Brito, que expressa homenagem e reconhecimento aos servidores que atuam no Centro de Atendimento Socioeducativo – CASE, pelos relevantes serviços prestados ao Município de Ji-Paraná. Em votação: Aprovada pelos Vereadores presentes.</t>
   </si>
   <si>
+    <t>915</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 032/2025, de autoria do Vereador Marcelo José de Lemos, que “Expressa Homenagem e reconhecimento aos atletas e o Professor do Centro de Treinamento de Desporto Escolar – Escola Gonçalves Dias, que representaram com dedicação e talento nos Jogos da Juventude, nas modalidades de 15 a 17 categoria Vôlei de Praia, conquistando o título de vice-campeões brasileiros, 12 a 14 anos, categoria Voleibol”.</t>
+  </si>
+  <si>
+    <t>963</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 033/2025, de 14 de novembro de 2025, de autoria da Vereadora Rosana Pereira Lima, que expressa homenagem e reconhecimento ao servidor público municipal Douglas Barbosa de Moraes, pelos relevantes serviços prestados à comunidade Jiparanaense.</t>
+  </si>
+  <si>
+    <t>964</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 034/2025, de 14 de novembro de 2025, de autoria da Vereadora Rosana Pereira Lima, que expressa homenagem e reconhecimento ao escritor, designer gráfico, artista visual e chef de gastronomia Senhor Jair Fernando “Von Nobre” Alves da Silva, pelos relevantes serviços prestados à comunidade Jiparanaense.</t>
+  </si>
+  <si>
+    <t>965</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 035/2025, de 14 de novembro de 2025, de autoria da Vereadora Rosana Pereira Lima, que expressa homenagem e reconhecimento aos músicos e maestros da Fundação Cultural de Ji-Paraná pelos relevantes serviços prestados à comunidade Jiparanaense.</t>
+  </si>
+  <si>
+    <t>967</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 036/2025, de 17 de novembro de 2025, de autoria do Vereador Márcio Freitas, que expressa homenagem e reconhecimento ao Excelentíssimo Sr. Juiz de Direito Dr. Carlos Antônio Chagas Júnior, pelos relevantes serviços prestados ao Estado de Rondônia e ao Munícipio de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>986</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 037/2025, de 19 de novembro de 2025, de autoria do Vereador Marcelo José de Lemos, que expressa homenagem e reconhecimento aos policiais militares por seus relevantes serviços prestados a comunidade jiparanaense.</t>
+  </si>
+  <si>
+    <t>987</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 038/2025, de 19 de novembro de 2025, de autoria do Vereador Marcelo José de Lemos, que expressa homenagem e reconhecimento a militares do Corpo de Bombeiros Militar – Unidade Ji-Paraná, por seus relevantes serviços prestados a comunidade jiparanaense.</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_decreto_300_-_titulo_honorifico_de_cidadao_honorario_sr._jaime_maximino_bagattoli.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo n. 300/2025, de 25 de abril de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadã Honorário Jiparanaense ao Excelentíssimo Senhor Jaime Maximino Bogattoli”.</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_decreto_301_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_sr._fernando_maximo.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo n. 301/2025, de 15 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Excelentíssimo Senhor Fernando Máximo”</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/projeto_de_decreto_302_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_leobaldo_alves_de_jesus.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo n. 302/2025, de 15 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Senhor Leobaldo Alves de Jesus”</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/projeto_de_decreto_303_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_ismael_crispin.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo n. 303/2025, de 20 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Excelentíssimo Senhor Ismael Crispin pelos relevantes serviços prestados ao município de Ji-Paraná e ao Estado de Rondônia”</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_decreto_304_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_sr._juiz_maxilmiliano_darcy_david_deitos.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo n. 304/2025, de 20 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Meritíssimo Senhor Juiz de Direito Maximiliano Darcy David Deitos"</t>
+  </si>
+  <si>
     <t>CFO - Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_decreto_305_-_aprovacao_da_prestacao_de_contas_do_municipio_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Prestação de Contas do Município de Ji-Paraná, relativa ao exercício financeiro de 2023.</t>
   </si>
   <si>
-    <t>708</t>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>4377</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4377, de 14 de fevereiro de 2025, de autoria da Comissão Executiva, que “Cria na Lei Municipal nº 965, de 31 de março de 2000, a Assessoria Parlamentar Volante – APV, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>4378</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4378, de 14 de fevereiro de 2025, de autoria da Comissão Executiva, que “Introduz modificações na Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>4379</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1049/projeto_de_lei_n._4379_3260_de_origem_-__alteracoes_na_lei__n._1403_que_institui_o_regime_proprio_de_previdencia_social.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4379/2025 (3260 de origem), de 21 de fevereiro de 2025, que “Dispõe sobre alterações na Lei Municipal nº 1403 de, 22 de julho de 2005, que institui o Regime Próprio de Previdência Social do Município de Ji-Paraná e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>4380</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_lei_n._4380_3261_de_origem_-_alteracao_e_revogacao_de_dispositivos_da_lei_municipal_n._2271_agerji.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4380/2025 (3261 de origem), de 21 de fevereiro de 2025, que “Dispõe sobre alteração e revogação de dispositivos da Lei Municipal nº 2271 de, 7 de março de 2012, que dispõe sobre a criação da Agência Reguladora de Serviços Públicos de Saneamento Básico e Outros Serviços Delegados do Município de Ji-Paraná - AGERJI, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>4381</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_n._4381_3262_de_origem_-_criacao_do_conselho_de_desenvolvimento_sustentavel_e_estrategico_de_ji-parana_-_avanca_ji-parana.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4381/2025 (3262 de origem), de 21 de fevereiro de 2025, que “Dispõe sobre a Criação do Conselho de Desenvolvimento Sustentável e Estratégico de Ji-Paraná - AVANÇA JI-PARANÁ, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>4382</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_n._4382_3263_de_origem_-_credito_adicional_especial_r_900.00000.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4382/2025 (3263 de origem), de 25 de fevereiro de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>4383</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4383/2025 (3264 de origem), de 25 de fevereiro de 2025, que “Introduz alteração na Lei Municipal nº 3484, de 8 de fevereiro de 2022, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>4384</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4384, de 6 de março de 2025, de autoria da Vereadora Rosana Pereira Lima, que “Institui o Dia Municipal da Adoção Animal no âmbito do Município de Ji-Paraná”</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>4385</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4385, de 7 de março de 2025, de autoria da Comissão Executiva, que “Dispõe sobre alterações na Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>4386</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n._4386_marcelo_-_institui_julho_laranja.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4386, de 7 de março de 2025, de autoria do Vereador Marcelo José de Lemos, que “Institui no âmbito do Município de Ji-Paraná o “Julho Laranja” para conscientização da necessidade do exame ortodôntico anual nas crianças de 6 a 12 anos de idade”</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>4387</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4387, de 11 de março de 2025, de autoria do Vereador Márcio Alves de Freitas, que “Dispõe sobre a instituição das “Rotas de Vida” no Município de Ji-Paraná, destinadas a garantir a livre circulação e o corredor prioritário para ambulâncias, SAMU e veículos de emergência, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>4388</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4388, de 14 de março de 2025, de autoria do Vereador Lourenil Gomes da Silva, que “Declara de Utilidade Pública a Associação Hospitalar de Olhos   Ji-Paraná – HOJI, em Ji-Paraná – RO"</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>4389</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4389, de 21 de março de 2025, de autoria da Comissão Executiva, que “Autoriza a Câmara Municipal de Ji-Paraná a proceder a cessão de uso do veículo I/Toyota Hilux CD 4x4 STD, placa OHW 3896, Tombamento 2734/CMJP à Secretaria Municipal de Regularização Fundiária e Habitação, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>4390</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/projeto_de_lei_n._4390_3265_de_origem_-_credito_adicional_especial_r_277.00000_ressarcimento_de_despesa_de_pessoal_requisitado.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4390/2025 (3265de origem), de 20 de março de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>4391</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1075/projeto_de_lei_n._4391_3266_de_origem_-_altera_e_revolga_dispositivos_da_lei_3642_conselhos_tutelares.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4391 (3266 de origem), de 3 de abril de 2025, que “Altera e revoga dispositivos da Lei Municipal nº 3642, de 29 de março de 2023, que dispõe sobre a estrutura, organização e funcionamento dos Conselhos Tutelares no Município de Ji-Paraná, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>4392</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1078/projeto_de_lei_n._4392_c.e_-_cessao_de_uso_toyota_etios.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4392, de 7 de abril de 2025, de autoria da Comissão Executiva, que “Autoriza a Câmara Municipal de Ji-Paraná a proceder a cessão de uso do veículo Toyota/Etios HB X, placa OHV8856/RO, Tombamento 2785/CMJP à Autarquia Municipal de Trânsito e Transportes – AMT, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>4393</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/projeto_de_lei_n._4393_c.e_-_cessao_de_uso_toyota_hilux.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4393/2025, que “Autoriza a Câmara Municipal de Ji-Paraná a proceder a cessão de uso do veículo I/Toyota Hilux CDLOWM4FD 4x2, placa QTH 9I69, Tombamento 3336/CMJP à Secretaria Municipal de Esportes e Lazer, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>4394</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1079/projeto_de_lei_n._4394_marcelo_-_programa_jovem_aprendiz.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4394, de 8 de abril de 2025, de autoria do Vereador Marcelo José de Lemos, que “Institui o Programa JOVEM APRENDIZ no Município de Ji-Paraná RO”.</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>4395</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4395, de 08 de abril de 2025, de autoria do Vereador Wanderson Cândido de Araújo Aguiar, que “Declara de Utilidade Pública a Organização Assistencial Boas Novas (ORABAN) em Ji-Paraná”</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>4396</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_n._4396_3267_de_origem_-_piso_salarial_nacional_profissionais_do_magisterio_educacao_basica.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n.  4396/2025 (3267 de origem), que “Atualiza o Piso Salarial Profissional Nacional para os Profissionais do Magistério Público da Educação Básica para o exercício de 2025, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>4397</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_lei_n._4397_3268_de_origem_-_ldo_2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n.  4397/2025 (3268 de origem), que “Dispõe sobre as diretrizes orçamentárias do Município de Ji-Paraná para o exercício financeiro de 2026, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>4398</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1085/projeto_de_lei_n._4398_3269_-_altera_a_lei_municipal_n._3464__de_23_de_dezembro_de_2021_-_plano_diretor.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4398 (3269 de origem), de 22 de abril de 2025, que “Altera a Lei Municipal n. 3464, de 23 de dezembro de 2021 Plano Diretor Municipal e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>4399</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_lei_n._4399_c.e_-_revoga_a_lei_3736_auxilios_vereadores_lei_3029.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4399, de 25 de abril de 2025, de autoria da Comissão Executiva, que “Dispõe sobre revogação da Lei Municipal nº 3736, de 23 de dezembro de 2024, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>4400</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_n._4400_marcelo_-_denominacao_do_plenario_da_camara.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4400, de 05 de maio de 2025, de autoria do Vereador Marcelo José de Lemos, que “Dispõe sobre a denominação do Plenário da Câmara Municipal de “Plenário Jessé Mendonça Bitencourt”</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>4401</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4401/2025 (3270 de origem), de 09 de maio de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>4402</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1092/projeto_de_lei_n._4402_c.e_-_alteracoes_na_lei_965.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4402, de 19 de maio de 2025, de autoria da Comissão Executiva, que “Dispõe sobre alterações na Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
-    <t>PL</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/708/projeto_de_lei_n._4403_rosana_-_transparencia_das_filas_de_espera_do_sus.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a transparência das filas de espera do SUS no Município de Ji-Paraná, em conformidade com a Lei Geral de Proteção de Dados e os princípios da transparência e do controle social”</t>
   </si>
   <si>
-    <t>709</t>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>4404</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1095/projeto_de_lei_n._4404_rosana_-_obrigatoriedade_de_apresentacao_de_relatorio_de_impacto_financeiro_nos_proj._que_criem_ou_ampliem_obrigacoes_p_pessoas_fisicas_ou_juridicas.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4404, de 19 de maio de 2025, de autoria da Vereadora Rosana Pereira Lima, que Dispõe sobre a obrigatoriedade de apresentação de relatório de impacto financeiro nos projetos de lei que criem ou ampliem obrigações para pessoas físicas ou jurídicas no âmbito do Município de Ji-Paraná”</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>4405</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_de_lei_n._4405_3271_de_origem_-_vencimento_dos_acs_e_ace.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4405/2025 (3271 de origem), de 19 de maio de 2025, que “Dispõe sobre o vencimento dos Agentes Comunitários de Saúde e Agentes de Combate às Endemias, nos termos da Emenda Constitucional n. 120, de 5 de maio de 2022”</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/709/projeto_de_lei_n._4406_rosana_-_declaracao_de_direitos_de_liberdade_economica.pdf</t>
   </si>
   <si>
-    <t>“Dispõe sobre a Declaração de Direitos de Liberdade Econômica no âmbito do Município de Ji-Paraná/RO, e dá outras providências”</t>
-[...2 lines deleted...]
-    <t>710</t>
+    <t>Projeto de Lei n. 4406, de 19 de maio de 2025, de autoria da Vereadora Rosana Pereira Lima, que “Dispõe sobre a Declaração de Direitos de Liberdade Econômica no âmbito do Município de Ji-Paraná/RO, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>4407</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/projeto_de_lei_n._4407_weslei_-_utilidade_publica_a_associacao_de_monitores_e_apoiadores_de_pessoas_com_deficiencia_auditiva.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4407, de 22 de maio de 2025, de autoria do Vereador Weslei da Silva Brito, que “Declara de Utilidade Pública a Associação de Monitores e Apoiadores de Pessoas com Deficiência Auditiva em Ji-Paraná-RO”.</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_n._4408_rosana_-_desburocratizacao_lei_federal_n._13.726.pdf</t>
   </si>
   <si>
-    <t>“Dispõe sobre a racionalização de atos e procedimentos administrativos no âmbito da Administração Pública Municipal, nos termos da Lei Federal nº 13.726, de 8 de outubro de 2018, e dá outras providências”</t>
+    <t>Projeto de Lei n. 4408, de 26 de maio de 2025, de autoria da Vereadora Rosana Pereira Lima, que “Dispõe sobre a racionalização de atos e procedimentos administrativos no âmbito da Administração Pública Municipal, nos termos da Lei Federal nº 13.726, de 8 de outubro de 2018, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>4409</t>
+  </si>
+  <si>
+    <t>Edinho Fidelis, Márcio Freitas</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_n._4409_edison_fidelis_e_marcio_freitas_-_marcha_para_jesus.pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito do Município de Ji-Paraná, o evento denominado “Marcha para Jesus”, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>4410</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_n._4410_3272_de_origem_-_credito_adicional_especial_440.00000_saude.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4410 ( 3272 de origem), de 23 de maio de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências ”.</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>4411</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_n._4411_3273_de_origem_-_altera_lei_3713_comsea.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4411/2025 (3273 de origem), de 02 de junho de 2025, que “Altera e revoga dispositivos da Lei Municipal n. 3713, de 12 de junho de 2024 Conselho Municipal de Segurança Alimentar e Nutricional COMSEA, do Município de Ji-Paraná”</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>4412</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_n._4412_3274_de_origem_-_programa_de_apoio_e_acolhimento_maes_atipicas_abraco_acolhedor.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4412/2025 (3274 de origem), de 03 de junho de 2025, que “Cria o Programa de Apoio e Acolhimento a Mães Atípicas - Abraço Acolhedor, destinado ao suporte psicológico e social de mães de crianças com deficiência ou transtornos do desenvolvimento, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>4413</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_lei_n._4413_wanderson_-_utilidade_publica_a_associacao_indigena_mapayrap_karorap_em_ji-parana..pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4413, de 13 de junho de 2025, de autoria do Vereador Wanderson Candido de Araújo Aguiar, que “Dechara de Utilidade Pública a Associação Indígena Ma’pâyrap Karorap em Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>4414</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_lei_n._4414_marcelo_-_programa_de_fornecimento_gratuito_de_sensores_ou_aparelhos__de_monitoramento_continuo_da_glicemia_para_criancas_com_diabetes_mellitus_tipo_1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4414, de 23 de junho de 2025, de autoria do Vereador Marcelo Joé de Lemos, que “Autoriza o Poder Executivo Municipal a instituir programa de fornecimento de sensores ou aparelho de monitoramento glicêmico contínuo para pessoas com diabetes mellitus tipo 1 no Município de Ji-Paraná”.</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>4415</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_lei_n._4415_3275_de_origem_-_proibicao_do_transporte_remunerado_de_passageiros_por_meio_de_motocicletas_particulares_em_aplicativos_digitais.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4415 (3275 de origem), de 10 de junho de 2025, que “Dispõe sobre a proibição do transporte remunerado de passageiros por meio de motocicletas particulares em aplicativos digitais, estabelece medidas de segurança e fiscalização, e dá outras providências no Município de Ji-Paraná”.</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_n._4416_3276_de_origem.pdf</t>
   </si>
   <si>
-    <t>Autoriza o Poder Executivo Municipal a abrir Crédito adicional Especial no corrente exercício financeiro, e dá outras providências.</t>
+    <t>Projeto de Lei n. 4416/2025 (3276 de origem), de 31 de julho de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências"</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n._4418_3277_-_altera_e_acresce_dispositivos_a_lei_municipal_no_3355_plantoes_extraordinario_saude.pdf</t>
   </si>
   <si>
-    <t>Altera e acresce dispositivos à Lei Municipal nº 3355, de 03 de dezembro de 2020, que dispõe sobre o pagamento de plantões extraordinários na área da saúde, e dá outras providências</t>
+    <t>Projeto de Lei n. 4418/2025 (3277 de origem), de 04 de agosto de 2025, que “Altera e acresce dispositivos à Lei Municipal n. 3355, de 03 de dezembro de 2020, que dispõe sobre o pagamento de plantões extraordinários na área da saúde, e dá outras providências"</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_n._4419_3278_de_origem_-_credito_adicional_especial_r_687.42331_fmas_e_fumcrianca.pdf</t>
   </si>
   <si>
+    <t>Projeto de Lei n. 4419 (3278  de origem), de 31 de julho de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>4420</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/projeto_de_lei_n._4420_marcelo_-_carteira_fibromialgia_anteprojeto_n._019.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4420/2025, de 11 de agosto de 2025, de autoria do Vereador Marcelo José de Lemos, que “Institui a Carteira de Identificação da Pessoa com Fibromialgia (CIPFIBRO) no Município de Ji-Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4421</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4421 (3279 de origem), de 11 de agosto de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências;</t>
+  </si>
+  <si>
+    <t>4422</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_n._4422_marcio_-_protejipa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a cessão de espaço público e do patrocínio de eventos que promovam apologia ao crime, uso de drogas ou adultização infantojuvenil no Município de Ji-Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4423</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_n._4423_3280_de_origem_-_termo_de_convenio_sejus.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4423 (3280 de origem), de 09 de setembro de 2025, que Autoriza o Município a celebrar Termo de Convênio ou Instrumento Congênere com o Estado de Rondônia, por intermédio da Secretaria de Estado de Justiça SEJUS. Revoga a Lei Municipal n. 3535 de 3 de junho de 2022, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4424</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_n._4424_ademir_scopony_-_institui_o_dia_municipal_dos_surdos.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Dia Municipal dos Surdos no município de Ji-Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4425</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_n._4425_3281_de_origem_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4425 (3281 de origem), de 15 de setembro de 2025, que “Estima a receita e fixa a despesa do município de Ji-Paraná para o exercício financeiro de 2026</t>
+  </si>
+  <si>
+    <t>4426</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_n._4426_3282_de_origem_-_ppa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4426 (3282 de origem), de 15 de setembro de 2025, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026/2029, e dá outras providências;</t>
+  </si>
+  <si>
+    <t>4427</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_n._4427_3283_de_origem_-_selo_para_produtos_artesanais_de_origem_animal.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4427 (3283 de origem), que "Cria o selo para produtos artesanais de origem animal no Município de Ji-Paraná".</t>
+  </si>
+  <si>
+    <t>4428</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_n._4428_3284_de_origem_-_cessao_gratuita_de_uso_do_imovel_a_idaron.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4428 (3284 de origem) , que "Dispõe sobre a cessão gratuita de uso do imóvel localizado na Avenida Marechal Rondon, nº 954, Centro Nova Colina, Ji-Paraná/RO, à Agência de Defesa Sanitária Agrosilvopastoril do Estado de Rondônia (IDARON), e dá outras providências".</t>
+  </si>
+  <si>
+    <t>4429</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_n._4429_3285_de_origem_-_credito_adicional_especial_-_15.00000_ipreji.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4429 (3285 de origem), de 22 de setembro de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>4430</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_n._4430_3286_de_origem_-_credito_adicional_especial_-_3.38300441-_secretaria_de_obras.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4430 (3286 de origem), de 22 de setembro de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>4431</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_n._4431_3287_de_origem_-_credito_adicional_especial_-_amt.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4431 ( 3287 de origem), de 26 de setembro de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>4432</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4432, de 26 de setembro de 2025, de autoria da Comissão Executiva, que “Dispõe alterações na Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>4433</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n._4433_3289_de_origem_-_gratificacao_de_incentivo_a_atividade_medica.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4433 (3289 de origem), de 29 de setembro de 2025, que "Altera e revoga dispositivos da Lei Municipal n. 2536, de 10 de outubro de 2013 para instituir a Gratificação de Incentivo à Atividade Médica, devida aos profissionais médicos da Rede Municipal de Saúde, que atuem no Hospital Municipal, na Unidade de Pronto Atendimento (UPA) e no Serviço de Atendimento Móvel de Urgência (SAMU), e dá outras providências".</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>4434</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/858/projeto_de_lei_n._4434_3290_de_origem_-_extingue_cargos_poder_publico_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4434 (3290 de origem), que “Extingue cargos do quadro de servidores do poder público municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>913</t>
+  </si>
+  <si>
+    <t>4435</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n.  4435 (3291 de origem), que “Altera, renumera e revoga dispositivos da Lei Municipal n. 2536, de 10 outubro de 2013 para instituir a Gratificação de Incentivo à atividade Médica, devida aos profissionais médicos da Rede Municipal de Saúde, que atuem no Hospital Municipal, na Unidade de Pronto Atendimento (UPA) e no Serviço de Atendimento Móvel de Urgência (SAMU), e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>4436</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>959</t>
+  </si>
+  <si>
+    <t>4437</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_de_lei_n._4437_3292_de_origem_-_adequacao_do_vencimento_aux._enfermagem_.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4437/2025 (3292 de origem), de 11 de novembro de 2025, que “Dispõe sobre adequação do vencimento inicial da Classe C-I da Lei Municipal n. 1250/2003, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>960</t>
+  </si>
+  <si>
+    <t>4438</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei_n._4438_3293_de_origem_-_refis_jipa_.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4438/2025 (3293 de origem), de 13 de novembro de 2025, que “Institui o Programa de Recuperação Fiscal do Município de Ji-Paraná (REFIS JIPA), e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>961</t>
+  </si>
+  <si>
+    <t>4439</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_n._4439_3294_de_origem_-_selo_produtos_comestiveis_de_origem_vegetal_.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4439/2025 (3294 de origem), de 14 de novembro de 2025, que “Cria o selo para registro de produtos comestíveis artesanais de origem vegetal no Município de Ji-Paraná”.</t>
+  </si>
+  <si>
+    <t>970</t>
+  </si>
+  <si>
+    <t>4440</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n._4440_weslei_-_utilidade_publica_-_sociedade_beneficente_latino_americano_da_amazonia_-_sblaa.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Sociedade Beneficente Latino-Americano da Amazônia - SBLAA (Santa Casa de Rondônia)</t>
+  </si>
+  <si>
+    <t>966</t>
+  </si>
+  <si>
+    <t>4441</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/966/projeto_de_lei_n._4441_3295_de_origem_-_credito_adicional.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4441/2025 (3295 de origem), de 17 de novembro de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>969</t>
+  </si>
+  <si>
+    <t>4442</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_n._4442_wallisson_-_utilidade_publica_-_associacao_do_coracaozinho.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública à Associação do Coraçãozinho, em Ji-Paraná/RO.</t>
+  </si>
+  <si>
+    <t>988</t>
+  </si>
+  <si>
+    <t>4443</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/988/projeto_de_lei_n._4443_3296_-_fiscalizacao_alteracao_na_lei_n._2250.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4443/2025 (3296 de origem), que “Dispõe sobre a remuneração dos integrantes do Grupo Unificado de Fiscalização do Município de Ji-Paraná: revoga a Lei Municipal n. 2150, de 04 de maio de 2011e suas alterações; e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>989</t>
+  </si>
+  <si>
+    <t>4444</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_n._4444_3297_-_cinderondonia.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4444/2025 (3297 de origem), que “Autoriza o Poder Executivo Municipal a ingressar no Consórcio Interfederativo de Desenvolvimento de Rondônia CINDERONDÔNIA, e ratifica o Protocolo de Intenções convertido em Contrato de Consórcio Público, firmado entre Municípios de Rondônia e o Estado de Rondônia, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>999</t>
+  </si>
+  <si>
+    <t>4445</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_n._4445_3298_de_origem_-_prorroga_prazo_revisao_plano_diretor.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n.4445/2025 (3298 de origem), que “Altera e revoga dispositivos da Lei Municipal n. 3464, de 23 de dezembro de 2021 - Plano Diretor Municipal e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>4446</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1007/projeto_de_lei_n._4446_3299_de_origem_-_criacao_de_cargos_efetivos_concurso.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4446/2025 (3299 de origem), que “Dispõe sobre a criação de cargo de provimento efetivo, no âmbito das Secretarias de administração, Saúde e educação, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>4447</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4447, de 03 de dezembro de 2025, de autoria da Comissão Executiva, que “Dispõe sobre a concessão do Auxílio Alimentação Natalino aos servidores do quadro efetivo e comissionado da Câmara Municipal de Ji-Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>4448</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n._4448_3300_-_profae_modifica_a_lei_n._3284_e_revoga_a_lei_n._3618.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4448/2025 (3300 de origem), de 03 de dezembro de 2025, que “Modifica a Lei nº 3284, de 7 de novembro de 2019; revoga a Lei nº 3618, de 23 de dezembro de 2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>4449</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_n._4449_3301_-_padronizacao_das_cores_de_imoveis_publicos.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4449/2025 (3301 de origem), de 03 de dezembro de 2025, que “dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pelo Município de Ji-Paraná e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>4450</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_n._4450_rosana_-_altera_a_lei_n._3641_fogos_de_artificio.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4450, de 03 de dezembro de 2025, de autoria da Vereadora Rosana Pereira Lima, que “Altera a Lei Municipal n. 3.641, de 29 de março de 2023, que “Dispõe sobre o manuseio, a utilização, a queima e a soltura de fogos de artifício e artefatos pirotécnicos com estampido no Município de Ji-Paraná/RO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>4451</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_lei_n._4451_c.e_-_extincao_de_cargos_na_lei_n._965.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4451, de 05 de dezembro de 2025, de autoria da Comissão Executiva, que “Dispõe sobre a extinção de cargos de provimento efetivo, constantes da Lei Municipal 965/2000, de 31 de março de 2000, que dispõe sobre o Plano de Carreira, Cargos e Salários dos servidores da Câmara Municipal de Ji-Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>4452</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_lei_n._4452_weslei_-_altera_a_lei_n._1756_bairro_alto_alegre.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4452, de 08 de dezembro de 2025, de autoria do Vereador Weslei da Silva Brito, que “Altera a Lei n. 1756, de 11 de março de 2008, que Regulamenta a denominação de ruas no Bairro Alto Alegre.</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n. 261/2025, que “Altera na Resolução nº 116/2000 – Regimento Interno, o horário para a realização das Sessões Ordinárias”</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n. 262/2025, que "Cria na Resolução nº 116/2000 – Regimento Interno, a Comissão Permanente de Segurança Pública e Trânsito"</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n. 263/2025, que “Regulamenta a lotação, comprovação das atividades e atribuições especificas da Assessoria Parlamentar Volante – APV, nos termos da Lei n. 3741, de 5 de março de 2025”</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_resolucao_n._264_-_altera_o_art._29_da_resolucao_n._204_-_gestao_e_fiscalizacao_de_contratos.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n. 264/2025, que “Altera o art. 29 da Resolução nº 204, de 12 de dezembro de 2024, que estabelece regras e diretrizes para a gestão e fiscalização de contratos administrativos no âmbito da Câmara Municipal de Ji-Paraná/RO”.</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_resolucao_n._265_-_verba_de_ressarcimento_revoga_192_193_e_195.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n. 265/2025, que “Dispõe sobre o ressarcimento de despesas relacionadas à atividade parlamentar no âmbito da Câmara Municipal de Ji-Paraná, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n. 266/2025, que “Estabelece critérios e procedimentos para concessão, pagamento, prestação de contas e controle de diárias no âmbito da Câmara Municipal de Ji-Paraná”.</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n. 267/2025, que “Autoriza o Poder Legislativo Municipal a proceder a baixa de material inservível e imprestável”.</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Requerimento n. 016/2025, de 07 de outubro de 2025, de autoria do Vereador Weslei da Silva Brito e demais Vereadores, solicitando que as Moções de Aplausos aprovadas por esta Casa Legislativa sejam entregues exclusivamente durante Sessões Solenes, nos mesmos moldes adotados para a entrega de Títulos de Cidadão Honorífico. Em votação: Aprovado pelos Vereadores presentes</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>Requerimento nº. 017, de 24 de outubro de 2025, de autoria do Vereador Weslei da Silva Brito, requerendo ao SER/DENIT-RO do Município de Ji-Paraná, que se faça cumprir a revitalização das faixas de pedestres e de motocicletas nos cruzamentos semaforizados ao longo de toda malha viária da BR 364, dentro do Município de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>914</t>
+  </si>
+  <si>
+    <t>Requerimento n. 018/2025, de autoria do Vereador Márcio Alves de Freitas, requerendo o envio, por parte do Poder Executivo Municipal, de proposta de emenda ao Projeto do Plano Plurianual – PPA 2026–2030, a fim de incluir previsão programática e orçamentária para a criação da SECRETARIA MUNICIPAL DE SEGURANÇA PÚBLICA (Programa “Segurança Cidadã”), condicionada à posterior criação por lei específica.</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>Requerimento n. 019/2025, de autoria do Vereador Weslei da Silva Brito, Solicitando ao Poder Executivo Municipal a readequação organizacional do Departamento de Fiscalização de Obras (DFO), atualmente vinculado à SEMPLAN, para que retorne à sua secretaria de origem, a Secretaria Municipal de Regularização Fundiária e Habitação – SEMURFH.</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>Requerimento n. 020/2025, de autoria do Vereador Geraldo Aparecido Gonçalves Ferreira, solicitando ao Prefeito do Município de Ji-Paraná, Affonso Cândido, inclusão de proposta de emenda ao PPA (Plano Plurianual) com base nas deliberações da V Conferência Municipal dos Direitos da Pessoa Idosa.</t>
+  </si>
+  <si>
+    <t>Vereadores</t>
+  </si>
+  <si>
+    <t>Os Vereadores que o presente subscrevem, observando as formalidades regimentais, vêm com o devido respeito e acatamento à presença de Vossa Excelência, REQUERER, após deliberação em Plenário, a inclusão, discussão e votação única, na pauta da Ordem do Dia da 20ª Sessão Ordinária, do Projeto de Lei n. 4416/2025 (3276 de origem), que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>912</t>
+  </si>
+  <si>
+    <t>PELO</t>
+  </si>
+  <si>
+    <t>Proposta de emenda a lei orgânica municipal</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/912/proposta_de_emenda_43_-.pdf</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica nº 043/2025, de 31 de outubro de 2025, de autoria da Mesa Diretora, que “Acrescenta o Parágrafo único ao art. 60 da lei Orgânica do Município de Ji-Paraná”.</t>
+  </si>
+  <si>
+    <t>REQS</t>
+  </si>
+  <si>
+    <t>Requerimento de sessão</t>
+  </si>
+  <si>
+    <t>Requerimento S/N requerendo após deliberação em Plenário, a discussão e votação única na pauta da Ordem do Dia da 27ª Sessão Ordinária dos seguintes Projetos: Projeto de Lei nº 4422/2025, que “Dispõe sobre a cessão de espaço público e do patrocínio de eventos que promovam apologia ao crime, uso de drogas ou adultização infantojuvenil no município de Ji-Paraná e dá outras providências” e Projeto de Lei nº 4424/2025, que “Institui o Dia Municipal dos Surdos no município de Ji-Paraná e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Requerimento S/N requerendo, após deliberação em Plenário, a inclusão, discussão e votação única na pauta da Ordem do Dia da 27ª Sessão Ordinária do Projeto de Lei nº 4428/2025 (3284 de origem), que Dispõe sobre a cessão gratuita de uso do imóvel localizado na Avenida Marechal Rondon, nº 954, Centro Nova Colina, Ji-Paraná/RO, à Agência de Defesa Sanitária Agrosilvopastoril do Estado de Rondônia (IDARON), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Indicação de Vereador para preencher o cargo de Membro da Comissão Permanente de Saúde Saneamento e Assistência Social, para o Biênio 2025 – 2026.</t>
+  </si>
+  <si>
+    <t>Indicação de Vereador para preencher o cargo de Vice-Presidente da Comissão Permanente de Educação e Cultura, para o Biênio 2025 – 2026.</t>
+  </si>
+  <si>
+    <t>Indicação de Vereador para preencher o cargo de Presidente e Vice-Presidente da Comissão Permanente de Esportes, para o Biênio 2025 – 2026.</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por 12 (doze) Vereadores, requerendo após deliberação em Plenário, inclusão, discussão e votação única na pauta da Ordem do Dia da 34ª Sessão Ordinária do Projeto de Lei nº 4434/2025 (3290 de origem), que “Extingue cargos do quadro de servidores do poder público municipal e dá outras providências”</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por 13 (treze) Vereadores, requerendo após deliberação em Plenário, inclusão, discussão e votação única na pauta da Ordem do Dia da 34ª Sessão Ordinária do Projeto de Lei nº 4435/2025 (3291 de origem), que "Altera, renumera e revoga dispositivos da Lei Municipal n. 2536, de 10 outubro de 2013 para instituir a Gratificação de Incentivo à atividade Médica, devida aos profissionais médicos da Rede Municipal de Saúde, que atuem no Hospital Municipal, na Unidade de Pronto Atendimento (UPA) e no Serviço de Atendimento Móvel de Urgência (SAMU), e dá outras providências”</t>
+  </si>
+  <si>
+    <t>984</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por 15 (quinze) Vereadores, requerendo após deliberação em Plenário, inclusão, discussão e votação única na pauta da Ordem do Dia da 36ª Sessão Ordinária do Projeto de Lei n. 4436/2025, que “Altera dispositivos da Lei Municipal nº 965, de 31 de março de 2000, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>985</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por 15 (quinze) Vereadores, requerendo após deliberação em Plenário, inclusão, discussão e votação única na pauta da Ordem do Dia da 36ª Sessão Ordinária dos seguintes Projetos: Projeto de Lei n. 4437/2025 (3292 de origem), que “Dispõe sobre adequação do vencimento inicial da Classe C-I da Lei Municipal n. 1250/2003, e dá outras providências”, Projeto de Lei n. 4438/2025 (3293 de origem), que “Institui o Programa de Recuperação Fiscal do Município de Ji-Paraná (REFIS JIPA), e dá outras providências” e Projeto de Lei n. 4441/2025 (3295 de origem), que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>982</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por ** (**) Vereadores, requerendo após deliberação em Plenário, inclusão, discussão e votação única na pauta da Ordem do Dia da 37ª Sessão Ordinária, dos seguintes Projetos: Projeto de Lei n. 4439/2025 (3294 de origem), que “Cria o selo para registro de produtos comestíveis artesanais de origem vegetal no Município de Ji-Paraná” e Projeto de Lei n. 4442/2025, que “Declara de Utilidade Pública à Associação do Coraçãozinho, em Ji-Paraná/RO”.</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por 12 (doze) Vereadores, requerendo após deliberação em Plenário, a discussão e votação única na pauta da Ordem do Dia da 38ª Sessão Ordinária, dos seguintes Projetos: Projeto de Lei n. 4409/2025, que “Institui no âmbito do Município de Ji-Paraná o evento “Marcha para Jesus”, e dá outras providências”; Projeto de Lei n. 4440/2025, que “Declara de Utilidade Pública a Sociedade Beneficente Latino-Americano da Amazônia – SBLAA (Santa Casa de Rondônia)” e Projeto de Decreto Legislativo n. 305/2025, que “Dispõe sobre a aprovação da Prestação de Contas do Município de Ji-Paraná, relativa ao exercício financeiro de 2023.</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por 12 (doze) Vereadores, requerendo, após deliberação em Plenário, a inclusão, discussão e votação única na pauta da Ordem do Dia da 38ª Sessão Ordinária, dos seguintes Projetos: Projeto de Lei n. 4444/2025 (3297 de origem), que “Autoriza o Poder Executivo Municipal ingressar no Consórcio Interfederativo de Desenvolvimento de Rondônia CINDERONDÔNIA, e ratifica o Protocolo de Intenções convertido em Contrato de Consórcio Público, firmado entre Municípios de Rondônia e o Estado de Rondônia, e dá outras providências” e_x000D_
+Projeto de Resolução n. 267/2025, que “Autoriza o Poder Legislativo Municipal a proceder a baixa de material inservível e imprestável.</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por 12 (doze) Vereadores, requerendo, após deliberação em Plenário, a inclusão, discussão e votação única na pauta da Ordem do Dia da 38ª Sessão Ordinária, do seguinte Projeto: Projeto de Lei n. 4423/2025 (3280 de origem), que “Autoriza o Município a celebrar Termo de Convênio ou Instrumento Congênere com o Estado de Rondônia, por intermédio da Secretaria de Estado de Justiça SEJUS. Revoga a Lei Municipal n. 3535 de 3 de junho de 2022, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por ** (**) Vereadores, requerendo após deliberação em Plenário, a inclusão, discussão e votação única na pauta da Ordem do Dia da 39ª Sessão Ordinária, dos seguintes Projetos: Projeto de Lei n. 4447/2025, que  “Dispõe sobre a concessão do Auxílio Alimentação Natalino aos servidores do quadro efetivo e comissionado da Câmara Municipal de Ji-Paraná, e dá outras providências” e Projeto de Lei n. 4448/2025 (3300 de origem), que  “Modifica a Lei nº 3284, de 7 de novembro de 2019; revoga a Lei nº 3618, de 23 de dezembro de 2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por ** (**) Vereadores, requerendo após deliberação em Plenário, inclusão, discussão e votação única na pauta da Ordem do Dia da 39ª Sessão Ordinária do Projeto de Lei n. 4446/2025 (3299 de origem), que “Dispõe sobre a criação de cargos de provimento efetivo, no âmbito das Secretarias de Administração, Saúde e Educação, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por ** (**) Vereadores, requerendo após deliberação em Plenário, discussão e votação única na pauta da Ordem do Dia da 39ª Sessão Ordinária do Projeto de Lei n. 4445/2025 (3298 de origem), que “Altera e revoga dispositivos da Lei Municipal n. 3464, de 23 de dezembro de 2021 - Plano Diretor Municipal e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por ** (**) Vereadores, requerendo após deliberação em Plenário, a discussão e votação única na pauta da Ordem do Dia da 1ª Sessão Extraordinária dos seguintes Projetos: Projeto de Lei n. 4443/2025 (3296 de origem), que  “Dispõe sobre a remuneração dos integrantes do Grupo Unificado de Fiscalização do Município de Ji-Paraná; revoga a Lei Municipal n. 2150, de 4 de maio de 2011 e suas alterações, e dá outras providências”, Projeto de Lei n. 4449/2025 (3301 de origem), que  “Dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pelo Município de Ji-Paraná e dá outras providências”, Projeto de Lei n. 4451/2025, que  “Dispõe sobre a extinção de cargos de provimento efetivo, constantes da Lei Municipal 965/2000, de 31 de março de 2000, que dispõe sobre o Plano de Carreira, Cargos e Salários dos servidores da Câmara Municipal de Ji-Paraná, e dá outras providências e Projeto de Lei n. 4452/2025, que “Altera a Lei n. 1756/2008.</t>
+  </si>
+  <si>
+    <t>Os Vereadores que o presente subscrevem, observando as formalidades regimentais, vêm com o devido respeito e acatamento à presença de Vossa Excelência, REQUERER, após deliberação em Plenário, a discussão e votação única, na pauta da Ordem do Dia da 22ª Sessão Ordinária, do Projeto de Lei n. 4419/2025 (3278 de origem), que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Os Vereadores que o presente subscrevem, observando as formalidades regimentais, vêm com o devido respeito e acatamento à presença de Vossa Excelência, REQUERER, após deliberação em Plenário, a inclusão, discussão e votação única, na pauta da Ordem do Dia da 22ª Sessão Ordinária, do Projeto de Lei n. 4421/2025 (3279 de origem), que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por ** (**) Vereadores, requerendo após deliberação em Plenário, a inclusão, discussão e votação única na pauta da Ordem do Dia da 29ª Sessão Ordinária dos seguintes Projetos: Projeto de Lei nº 4433/2025 (3289 de origem), que “Altera e revoga dispositivos da Lei Municipal n. 2536, de 10 de outubro de 2013 para instituir a Gratificação de Incentivo à Atividade Médica, devida aos profissionais médicos da Rede Municipal de Saúde, que atuem no Hospital Municipal, na Unidade de Pronto Atendimento (UPA) e no Serviço de Atendimento Móvel de Urgência (SAMU), e dá outras providências” e Projeto de Lei nº 4432/2025, que “Dispõe sobre alterações na Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por ** (**) Vereadores, requerendo após deliberação em Plenário, a discussão e votação única na pauta da Ordem do Dia da 29ª Sessão Ordinária dos seguintes Projetos: Projeto de Lei nº 4427/2025 (3283 de origem), que “Cria o selo para produtos artesanais de origem animal no Município de Ji-Paraná”, Projeto de Lei nº 4429/2025 (3285 de origem), que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”, Projeto de Lei nº 4430/2025 (3286 de origem), que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências” e Projeto de Lei nº 4431/2025 (3287 de origem), que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Os Vereadores que o presente subscrevem, observando as formalidades regimentais, vêm com o devido respeito e acatamento à presença de Vossa Excelência, REQUERER, após deliberação em Plenário, a discussão e votação única, na pauta da Ordem do Dia da 21ª Sessão Ordinária, do Projeto de Lei n. 4418/2025 (3277 de origem), que “Altera e acresce dispositivos à Lei Municipal nº 3355, de 03 de dezembro de 2020, que dispõe sobre o pagamento de plantões extraordinários na área da saúde, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>Requerimento S/N, assinado por ** (**) Vereadores, requerendo após deliberação em Plenário, inclusão, discussão e votação única na pauta da Ordem do Dia da 33ª Sessão Ordinária do Projeto de Lei n. 4434/2025 (3290 de origem), que “Extingue cargos do quadro de servidores do poder público municipal e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>OF</t>
+  </si>
+  <si>
+    <t>Ofício</t>
+  </si>
+  <si>
+    <t>Ofício n. 037/CGC/PMJP/2025, de 12 de agosto de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas Consolidada, referente ao mês de julho de 2025 da Prefeitura Municipal de Ji-Paraná</t>
+  </si>
+  <si>
+    <t>Ofício n. 630/IPREJI/2025, de 08 de agosto de 2025, que encaminha a documentação anexa, traduzida na Prestação de Contas referente ao mês de julho de 2025 do Instituto de Previdência dos Servidores de Ji-Paraná – IPREJI.</t>
+  </si>
+  <si>
+    <t>Ofício n. 290/2025/FCJP/RO, de 13 de agosto de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas referente ao mês de julho de 2025 da Fundação Cultural de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>Ofício n. 267/PRES/AMT/2025, de 15 de agosto de 2025, encaminhando a Prestação de Contas Mensal da Autarquia Municipal de Trânsito e Transportes – AMT, relativo ao mês de Julho/2025.</t>
+  </si>
+  <si>
+    <t>Ofício n. 188/DIRCON/AGERJI/2025, de 13 de agosto de 2025, encaminhando a documentação anexa, Prestação de Contas Mensal, referente ao mês de julho de 2025 da Agência Reguladora de Serviços Públicos Delegados de Ji-Paraná- AGERJI.</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 55/CONT/2025, encaminhando a Prestação de Contas do mês de Julho de 2025 da Câmara Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>Justificativa n. 18/GVWVA/2025, justificando ausência do Vereador Wallisson Valmir do Bonfim Amaro, na 25ª Sessão Ordinária do dia 09 de setembro de 2025, por motivo de estar em reunião com o Presidente da Câmara Municipal de Apuí – AM, dialogando assuntos interessantes para o nosso Município.</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 35/GVLG/2025, justificando ausência do Vereador Lourenil Gomes da Silva, na 25ª Sessão Ordinária do dia 09 de setembro de 2025, por motivo de ordem pessoal.</t>
+  </si>
+  <si>
+    <t>Ofício n. 298/2025/FCJP/RO, de 12 de setembro de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas referente ao mês de agosto de 2025 da Fundação Cultural de Ji-Paraná;</t>
+  </si>
+  <si>
+    <t>Ofício n. 205/DIRCON/AGERJI/2025, de 11 de setembro de 2025, encaminhando a documentação anexa, Prestação de Contas Mensal, referente ao mês de agosto de 2025, da Agência Reguladora de Serviços Públicos Delegados de Ji-Paraná - AGERJI;</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 67/CONT/2025, de 15 de setembro de 2025, encaminhando a Prestação de Contas do Mês de Agosto de 2025 da Câmara Municipal de Ji-Paraná;</t>
+  </si>
+  <si>
+    <t>Ofício n. 008/IPREJI/2025, de 11 de setembro de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas referente ao mês de agosto de 2025 do Instituto de Previdência dos Servidores de Ji-Paraná – IPREJI;</t>
+  </si>
+  <si>
+    <t>Ofício n. 041/CGC/PMJP/2025, de 15 de setembro de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas Consolidada, referente ao mês de agosto de 2025 da Prefeitura Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>Ofício n. 298/PRES/AMT/2025, de 15 de setembro de 2025, encaminhando a Prestação de Contas Mensal da Autarquia Municipal de Trânsito e Transportes – AMT, relativo ao mês de agosto/2025.</t>
+  </si>
+  <si>
+    <t>Justificativa n. 1/Gab. Ver. Drª. Rosana Pereira Lima/2025, justificando ausência da Vereadora Rosana Pereira Lima na 26ª Sessão Ordinária, do dia 16 de setembro de 2025, por motivo de saúde, tendo em vista a necessidade de deslocamento à cidade de Porto Velho/RO, onde cumprirá consulta médica previamente agendada.</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 94/GVGF/2025, justificando ausência do Vereador Geraldo Aparecido Gonçalves Ferreira na 27ª Sessão Ordinária, do dia 23 de setembro de 2025, o motivo da ausência se deu em razão de ter acompanhado um(a) familiar o qual seu filho (seu sobrinho) está desaparecido desde 22/09/2025.</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 38/GVLG/2025, justificando ausência do Vereador Lourenil Gomes da Silva, na 28ª Sessão Ordinária do dia 30 de setembro de 2025, por motivo de ordem pessoal, acompanhando seu irmão que sofreu um enfarto e está hospitalizado.</t>
+  </si>
+  <si>
+    <t>Ofício n. 043/CGC/PMJP/2025, encaminhando Relatório Resumido da Execução Orçamentária – RREO 4º Bimestre do Exercício de 2025 e Relatório de Gestão Fiscal – RGF  2º Quadrimestre do Exercício de 2025, da Prefeitura Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 77/CONT/2025, encaminhando o Relatório de Gestão Fiscal relativo ao 2º Quadrimestre de 2025, da Câmara Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 39/GVLG/2025, justificando ausência do Vereador Lourenil Gomes da Silva, na 29ª Sessão Ordinária do dia 02 de outubro de 2025, por motivo de ordem pessoal, continua acompanhando seu irmão que sofreu um infarto e está hospitalizado.</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 71/GVWCS/2025, justificando ausência do Vereador Wilian Candido de Souza, na 30ª Sessão Ordinária do dia 07 de outubro de 2025, a ausência se deve à necessidade de comparecimento a uma consulta médica previamente agendada, sendo esta de caráter pessoal e inadiável.</t>
+  </si>
+  <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>Ofício n. 329/FCJP/PMJP/2025, de 10 de outubro de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas referente ao mês de setembro de 2025 da Fundação Cultural de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>Ofício n. 825/IPREJI/2025, de 13 de outubro de 2025, que encaminha a documentação anexa, traduzida na Prestação de Contas referente ao mês de setembro de 2025 do Instituto de Previdência dos Servidores de Ji-Paraná – IPREJI.</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>Ofício n. 303/DIRCON/AGERJI/2025, de 14 de outubro de 2025, encaminhando a documentação anexa, Prestação de Contas Mensal, referente ao mês de setembro de 2025 da Agência Reguladora de Serviços Públicos Delegados de Ji-Paraná- AGERJI.</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>Ofício n. 326/PRES/AMT/2025, de 15 de outubro de 2025, encaminhando a Prestação de Contas Mensal da Autarquia Municipal de Trânsito e Transportes – AMT, relativo ao mês de setembro/2025.</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>Ofício n. 044/CGC/PMJP/2025, de 15 de outubro de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas Consolidada, referente ao mês de setembro de 2025 da Prefeitura Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 85/CONT/2025, encaminhando a Prestação de Contas do mês de setembro de 2025 da Câmara Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 37/GVAM/2025, justificando ausência do Vereador André Moreira, na 33ª Sessão Ordinária do dia 28 de outubro de 2025, em razão de ter viajado para fora do Estado por motivos particulares e devido a problemas com o vôo não conseguiu chegar ao município a tempo de participar da referida Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>Ofício Interno nº 23/GVWM/2025, justificando ausência do Vereador Wanderson Santos de Mattos, na 33ª Sessão Ordinária do dia 28 de outubro de 2025, em virtude de viagem previamente agendada para tratar assuntos de natureza pessoal.</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 50/GVAP/SCOPONY/2025, justificando ausência do Vereador Ademir Pereira, na 35ª Sessão Ordinária do dia 11 de novembro de 2025, em razão de deslocamento a cidade de Ouro Preto do Oeste tratar assuntos de natureza pessoal.</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>Ofício n. 344/FCJP/PMJP/2025, de 13 de novembro de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas referente ao mês de outubro de 2025 da Fundação Cultural de Ji-Paraná;</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>Ofício n. 916/IPREJI/2025, de 13 de novembro de 2025, que encaminha a documentação anexa, traduzida na Prestação de Contas referente ao mês de outubro de 2025 do Instituto de Previdência dos Servidores de Ji-Paraná – IPREJI;</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 94/CONT/2025, encaminhando a Prestação de Contas do mês de outubro de 2025 da Câmara Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>Ofício n. 322/FCJP/PMJP/2025, de 14 de novembro de 2025, encaminhando a documentação anexa, Prestação de Contas Mensal, referente ao mês de outubro de 2025 da Agência Reguladora de Serviços Públicos Delegados de Ji-Paraná - AGERJI.</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>Ofício n. 045/CGC/PMJP/2025, de 17 de novembro de 2025, encaminhando a documentação anexa, traduzida na Prestação de Contas Consolidada, referente ao mês de outubro de 2025 da Prefeitura Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>Ofício n. 358/PRES/AMT/2025, de 14 de novembro de 2025, encaminhando a Prestação de Contas Mensal da Autarquia Municipal de Trânsito e Transportes – AMT, relativo ao mês de outubro/2025.</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>Ofício n. 46/CGC/PMJP/2025, encaminhando a anexa documentação, traduzida no Relatório Resumido da Execução Orçamentária - RREO 5º Bimestre do Exercício de 2025, da Prefeitura Municipal de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>Ofício Interno n. 11/GVMR/2025, justificando ausência do Vereador Maycon Roberto Silva, na 39ª Sessão Ordinária do dia 04 de dezembro de 2025, por motivo de ordem pessoal, sendo um tratamento cirúrgico odontológico.</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>Ofício Interno n.64/Gab.Ver.Drª.RosanaPereiraLima/2025, comunico, por meio deste, a impossibilidade de comparecimento à Sessão Especial de Julgamento a realizar-se em 09 de dezembro de 2025 às 16 horas e a 1ª Sessão Extraordinária às 19h, em virtude de compromisso previamente agendado, de caráter inadiável, o qual impossibilita minha presença aos trabalhos legislativos.</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>3737</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1054/lei_3737_de_27-02-25_-_alteracao_da_lei_1403-2005_-_ipreji.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3737, de 27 de fevereiro de 2025, de autoria do Poder Executivo, que “Dispõe sobre alterações na Lei Municipal nº 1403 de, 22 de julho de 2005, que institui o Regime Próprio de Previdência Social do Município de Ji-Paraná e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>3738</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1055/lei_3738_de_27-02-25_-_alteracao_da_lei_2271-2012_-_agerji.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3738, de 27 de fevereiro de 2025, de autoria do Poder Executivo, que “Dispõe sobre alteração e revogação de dispositivos da Lei Municipal nº 2271 de, 7 de março de 2012, que dispõe sobre a criação da Agência Reguladora de Serviços Públicos de Saneamento Básico e outros Serviços Delegados do Município de Ji-Paraná - AGERJI, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>3739</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/lei_3739_de_27-02-25_-_credito_adicional_especial_r_900.00000.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3739, de 27 de fevereiro de 2025, de autoria do Poder Executivo, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>3740</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1057/lei_3740_de_28-02-25_-_avanca_ji-parana.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3740, de 28 de fevereiro de 2025, de autoria do Poder Executivo, que “Dispõe sobre a Criação do Conselho de Desenvolvimento Sustentável e Estratégico de Ji-Paraná - AVANÇA JI-PARANÁ, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>3741</t>
+  </si>
+  <si>
+    <t>Lei n. 3741, de 5 de março de 2025, de autoria do Poder Legislativo, que “Cria na Lei Municipal nº 965 de 31 de março de 2000, a Assessoria Parlamentar Volante - APV, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>3742</t>
+  </si>
+  <si>
+    <t>Lei n. 3742, de 5 de março de 2025, de autoria do Poder Legislativo, que “Introduz modificações na Lei Municipal nº 965, de 31 de março de 2000, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>3743</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/lei_3743-2025_-_altera_lei_3484-2022.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3743, de 6 de março de 2025, de autoria do Poder Executivo, que “Introduz alteração na Lei Municipal nº 3484, de 8 de fevereiro de 2022, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>3744</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1061/lei_3744-2025_-_altera_lei_965-2000.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3744, de 13 de março de 2025, de autoria do Poder Legislativo, que “Dispõe sobre alterações na Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>3745</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1062/lei_3745-2025_-_utilidade_publica.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3745, de 13 de março de 2025, de autoria do Poder Legislativo, que “Declara de Utilidade Pública a Organização da Sociedade Civil: Centro de Apoio Integral a Família - CAIF”</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>3746</t>
+  </si>
+  <si>
+    <t>Lei n. 3746, de 27 de março de 2025 de autoria do Poder Executivo, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>3747</t>
+  </si>
+  <si>
+    <t>Lei n. 3747, de 27 de março de 2025 de autoria do Poder Legislativo, que “Autoriza a Câmara Municipal de Ji-Paraná a proceder a cessão de uso do veículo I/Toyota Hilux CD 4x4 STD, placa OHW 3896, Tombamento 2734/CMJP à Secretaria Municipal de Regularização Fundiária e Habitação, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>3748</t>
+  </si>
+  <si>
+    <t>Lei n. 3748, de 28 de março de 2025 de autoria do Poder Legislativo, que “Institui no âmbito do Município de Ji-Paraná o “Julho Laranja” para conscientização da necessidade do exame ortodôntico anual nas crianças de 5 a 12 anos de idade”</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>3749</t>
+  </si>
+  <si>
+    <t>Lei n. 3749, de 11 de abril de 2025, de autoria do Poder Legislativo, que “Institui o Dia Municipal da Adoção Animal no âmbito do Município de Ji-Paraná”</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>3750</t>
+  </si>
+  <si>
+    <t>Lei n. 3750, de 11 de abril de 2025, de autoria do Poder Legislativo, que “Declara de Utilidade Pública a Associação Hospital de Olhos Ji-Paraná - HOJI, em Ji-Paraná-RO”</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>3751</t>
+  </si>
+  <si>
+    <t>Lei n. 3751, de 11 de abril de 2025, de autoria do Poder Legislativo, que “Autoriza a Câmara Municipal de Ji-Paraná a proceder a cessão de uso do veículo Toyota/Etios HB X, placa OHV8856/RO, Tombamento 2785/CMJP à Autarquia Municipal de Trânsito e Transportes – AMT, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>3752</t>
+  </si>
+  <si>
+    <t>Lei n. 3752, de 14 de abril de 2025, de autoria do Poder Legislativo, que “Autoriza a Câmara Municipal de Ji-Paraná a proceder a cessão de uso do veículo I/Toyota Hilux CDLOWM4FD 4x2, placa QTH9I69, Tombamento 3336/CMJP à Secretaria Municipal de Esportes e Lazer, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>3753</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_3753_-_piso_salarial_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3753, de 15 de abril de 2025, de autoria do Poder Executivo, que “Atualiza o Piso Salarial Profissional Nacional para os Profissionais do Magistério Público da Educação Básica para o exercício de 2025, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>3754</t>
+  </si>
+  <si>
+    <t>Lei n. 3754, de 09 de maio de 2025, de autoria do Poder Legislativo, que “Dispõe sobre a revogação da Lei Municipal nº 3736, de 23 de dezembro de 2024, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>3755</t>
+  </si>
+  <si>
+    <t>Lei n. 3755, de 16 de maio de 2025, de autoria do Poder Legislativo, que “Declara de Utilidade Pública a Organização Assistencial Boas Novas (ORABAN) em Ji-Paraná”.</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>3756</t>
+  </si>
+  <si>
+    <t>Lei n. 3756, de 21 de maio de 2025, de autoria do Poder Executivo, que “Altera a Lei Municipal n. 3464, de 23 de dezembro de 2021 Plano Diretor Municipal e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>3757</t>
+  </si>
+  <si>
+    <t>Lei n. 3757, de 21 de maio de 2025, de autoria do Poder Executivo, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>3758</t>
+  </si>
+  <si>
+    <t>Lei n. 3758, de 21 de maio de 2025, de autoria do Poder Executivo, que “Dispõe sobre o vencimento dos Agentes Comunitários de Saúde e Agentes de Combate às Endemias, nos termos da Emenda Constitucional n. 120, de 5 de maio de 2022”.</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>3759</t>
+  </si>
+  <si>
+    <t>Lei n. 3759, de 21 de maio de 2025, de autoria do Poder Legislativo, que “Dispõe sobre a denominação do Plenário da Câmara Municipal, de “Plenário Jessé Mendonça Bitencourt”.</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>3760</t>
+  </si>
+  <si>
+    <t>Lei n. 3760, de 02 de junho de 2025, de autoria do Poder Legislativo, que “Dispõe sobre alterações na Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>3761</t>
+  </si>
+  <si>
+    <t>Lei n. 3761, de 06 de junho de 2025, de autoria do Poder Legislativo, que “Assegura às pessoas com Transtorno de Espectro Autista (TEA) e acompanhantes, assento preferencial e gratuidade nos transportes coletivos públicos no âmbito do município de Ji-Paraná, e dá outras providencias</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>3762</t>
+  </si>
+  <si>
+    <t>Lei n. 3762, de 06 de junho de 2025, de autoria do Poder Legislativo, que “Dispõe sobre a instituição das “Rotas de Vida” no Município de Ji-Paraná, destinadas a garantir a livre circulação e o corredor prioritário para Ambulâncias, SAMU e veículos de emergência, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>3763</t>
+  </si>
+  <si>
+    <t>Lei n. 3763, de 06 de junho de 2025, de autoria do Poder Legislativo, que “Dispõe sobre o direito do paciente que for atendido pelas equipes de socorro das Polícias, do Corpo de Bombeiros ou do Serviço de Atendimento Móvel de Urgência de optar por ser encaminhado a estabelecimentos de pronto atendimento privado”</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>3764</t>
+  </si>
+  <si>
+    <t>Lei n. 3764, de 06 de junho de 2025, de autoria do Poder Legislativo, que “Autoriza a implantação do programa jovem Aprendiz, no Município de Ji-Paraná/RO</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>3765</t>
+  </si>
+  <si>
+    <t>Lei n. 3765, de 16 de junho de 2025, de autoria do Poder Executivo, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>3766</t>
+  </si>
+  <si>
+    <t>Lei n. 3766, de 23 de junho de 2025, de autoria do Poder Executivo, que “Altera e revoga dispositivos da Lei Municipal n. 3713, de 12 de junho de 2024, Conselho Municipal de Segurança Alimentar e Nutricional COMSEA, do Município de Ji-Paraná”.</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>3767</t>
+  </si>
+  <si>
+    <t>Lei n. 3767, de 23 de junho de 2025, de autoria do Poder Executivo, que “Cria o Programa de Apoio e Acolhimento a Mães Atípicas - Abraço Acolhedor, destinado ao suporte psicológico e social de mães de crianças com deficiência ou transtornos do desenvolvimento, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>3768</t>
+  </si>
+  <si>
+    <t>Lei n. 3768, de 23 de junho de 2025, de autoria do Poder Legislativo, que “Declara de Utilidade Pública a Associação de Monitores e Apoiadores de Pessoas com Deficiência Auditiva em Ji-Paraná-RO”.</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>3769</t>
+  </si>
+  <si>
+    <t>Lei n. 3769, de 30 de junho de 2025, de autoria do Poder Legislativo, que “Declara de Utilidade Pública a Associação Indígena Ma’pâyrap Karorap em Ji-Paraná”</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>3770</t>
+  </si>
+  <si>
+    <t>Lei n. 3770, de 30 de junho de 2025, de autoria do Poder Executivo, que “Dispõe sobre as diretrizes orçamentárias do Município de Ji-Paraná para o exercício financeiro de 2026, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>3771</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/93/lei-3771_-_credito_adicional_especial_r_426.700_fumcrianca.pdf</t>
+  </si>
+  <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências</t>
   </si>
   <si>
-    <t>4421</t>
-[...277 lines deleted...]
-  <si>
     <t>3772</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/94/lei-3772-_plantoes_extraordinarios_profissionais_saude_enfermeiro_e_tecnicos_enfermagem_altera_lei_municipal_no_3355.pdf</t>
   </si>
   <si>
     <t>Altera e acresce dispositivos à Lei Municipal n. 3355, de 03 de dezembro de 2020, que dispõe sobre o pagamento de plantões extraordinários na área da saúde, e dá outras providências</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/123/lei-3773_-_credito_especial_-_republicada.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências (Republicação por erro material na numeração publicada originalmente como Lei n. 3373, no DOM 4572, de 21/08/2025, p.8).</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/124/lei-3774_-_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências.</t>
   </si>
   <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>3775</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/849/lei-3775.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a cessão gratuita de uso do imóvel localizado na Avenida Marechal Rondon, nº 954, Centro Nova Colina, Ji-Paraná/RO, à Agência de Defesa Sanitária Agrosilvopastoril do Estado de Rondônia (IDARON), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>3776</t>
+  </si>
+  <si>
+    <t>Affonso Cândido, Vereadores</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/850/lei-3776.pdf</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>3777</t>
+  </si>
+  <si>
+    <t>Cria o selo para produtos artesanais de origem animal no Município de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>3778</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>3779</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/853/lei-3779.pdf</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>3780</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/854/lei-3780.pdf</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>3781</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/855/lei-3781.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alterações na Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>3782</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a cessão de espaço público e do patrocínio de eventos que promovam apologia ao crime, uso de drogas ou adultização infantojuvenil no município de Ji-Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>3783</t>
+  </si>
+  <si>
+    <t>Lei n. 3783, de 05 de novembro de 2025, de autoria do Poder Executivo, que “Extingue cargos do quadro de servidores do poder público municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>3784</t>
+  </si>
+  <si>
+    <t>Lei n. 3784, de 05 de novembro de 2025, de autoria do Poder Executivo, que “Altera, renumera e revoga dispositivos da Lei Municipal n. 2536, de 10 de outubro de 2013 para instituir a Gratificação de Incentivo à Atividade Médica, devida aos profissionais médicos da Rede Municipal de Saúde, que atuem no Hospital Municipal, na Unidade de Pronto Atendimento (UPA) e no Serviço de Atendimento Móvel de Urgência (SAMU), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>3785</t>
+  </si>
+  <si>
+    <t>Lei n. 3785, de 19 de novembro de 2025, de autoria do Poder Executivo, que “Dispõe sobre adequação do vencimento inicial da Classe C-I da Lei Municipal n. 1250/2003, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>3786</t>
+  </si>
+  <si>
+    <t>Lei n. 3786, de 19 de novembro de 2025, de autoria do Poder Executivo, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>3787</t>
+  </si>
+  <si>
+    <t>Lei n. 3787, de 21 de novembro de 2025, de autoria do Poder Legislativo, que “Altera dispositivos da Lei Municipal n. 965, de 31 de março de 2000, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>3788</t>
+  </si>
+  <si>
+    <t>Lei n. 3788, de 28 de novembro de 2025, de autoria do Poder Executivo, que “Cria o selo para registro de produtos comestíveis artesanais de origem vegetal no Município de Ji-Paraná.</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>3789</t>
+  </si>
+  <si>
+    <t>Lei n. 3789, de 01 de dezembro de 2025, de autoria do Poder Executivo, que “Institui o Programa de Recuperação Fiscal do Município de Ji-Paraná (REFIS JIPA), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>3790</t>
+  </si>
+  <si>
+    <t>Lei n. 3790, de 02 de dezembro de 2025, de autoria do Poder Legislativo, que “Declara de Utilidade Pública à Associação do Coraçãozinho, em Ji-Paraná/RO.</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>3791</t>
+  </si>
+  <si>
+    <t>Lei n. 3791, de 04 de dezembro de 2025, de autoria do Poder Executivo, que “Estima a receita e fixa a despesa do Município de Ji-Paraná para o exercício financeiro de 2026”.</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>3792</t>
+  </si>
+  <si>
+    <t>Lei n. 3792, de 04 de dezembro de 2025, de autoria do Poder Executivo, que “Dispõe sobre o Plano Plurianual para o quadriênio 2026/2029, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>3793</t>
+  </si>
+  <si>
+    <t>Lei n. 3793, de 04 de dezembro de 2025, de autoria do Poder Executivo, que “Autoriza o Poder Executivo Municipal ingressar no Consórcio Interfederativo de Desenvolvimento de Rondônia CINDERONDÔNIA, e ratifica o Protocolo de Intenções convertido em Contrato de Consórcio Público, firmado entre Municípios de Rondônia e o Estado de Rondônia, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>3794</t>
+  </si>
+  <si>
+    <t>Lei n. 3794, de 04 de dezembro de 2025, de autoria do Poder Executivo, que “Autoriza o Município a celebrar Termo de Convênio ou Instrumento Congênere com o Estado de Rondônia, por intermédio da Secretaria de Estado de Justiça SEJUS. Revoga a Lei Municipal n. 3535 de 3 de junho de 2022, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>3795</t>
+  </si>
+  <si>
+    <t>Lei n. 3795, de 05 de dezembro de 2025, de autoria do Poder Legislativo, que “Dispõe sobre a concessão do Auxílio Alimentação Natalino aos servidores do quadro efetivo e comissionado da Câmara Municipal de Ji-Paraná, e dá outras providências;</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>3796</t>
+  </si>
+  <si>
+    <t>Lei n. 3796, de 05 de dezembro de 2025, de autoria do Poder Legislativo, que “Dispõe sobre a transparência das filas de espera do SUS no Município de Ji-Paraná, em conformidade com a Lei Geral de Proteção de Dados e os princípios da transparência e do controle social.</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>3797</t>
+  </si>
+  <si>
+    <t>Lei n. 3797, de 05 de dezembro de 2025, de autoria do Poder Legislativo, que “Dispõe sobre a Declaração de Direitos de Liberdade Econômica no âmbito do Município de Ji-Paraná/RO, e dá outras providências;.</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>3798</t>
+  </si>
+  <si>
+    <t>Lei n. 3798, de 05 de dezembro de 2025, de autoria do Poder Legislativo, que “Dispõe sobre a racionalização de atos e procedimentos administrativos no âmbito da Administração Pública Municipal, nos termos da Lei Federal nº 13.726, de 8 de outubro de 2018, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>3799</t>
+  </si>
+  <si>
+    <t>Lei n. 3799, de 08 de dezembro de 2025, de autoria do Poder Legislativo, que “Declara de Utilidade Pública a Sociedade Beneficente Latino-Americano da Amazônia – SBLAA (Santa Casa de Rondônia)”.</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>3800</t>
+  </si>
+  <si>
+    <t>Lei n. 3800, de 08 de dezembro de 2025, de autoria do Poder Legislativo, que “Institui no âmbito do Município de Ji-Paraná o evento “Marcha para Jesus”, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_n._4416_3276_de_origem_-_credito_adicional_especial_r_426.700_fumcrianca.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. 4416/2025 (3276 de origem), de 31 de julho de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
     <t>DLEG</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/decreto_360_-_pd_300_-_titulo_honorifico_cidadao_honorario_jaime_bagattoli.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo n. 360/2025, de 20 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Excelentíssimo Senhor Jaime Maximino Bagattoli – DD. Senador da República”.</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo n. 361/2025, de 20 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Excelentíssimo Senhor Dr. Fernando Máximo – DD. Deputado Federal”.</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/decreto_362_-_pd_302_-_titulo_honorifico_cidadao_honorario_leobaldo_alves_de_jesus.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo n. 362/2025, de 20 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Ilustríssimo Senhor Leobaldo Alves de Jesus”.</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/decreto_363_-_pd_303_-_titulo_honorifico_cidadao_honorario_ismael_crispin.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo n. 363/2025, de 20 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Excelentíssimo Senhor Ismael Crispin – DD Deputado Estadual”.</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/decreto_364_-_pd_304_-_titulo_honorifico_cidadao_honorario_maximiliano_darcy_david_deitos_2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo n. 364/2025, de 20 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Meritíssimo Senhor Juiz de Direito Maximiliano Darcy David Deitos”</t>
+  </si>
+  <si>
     <t>Legislativo - LEG</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação do mandato do Vereador do Município de Ji-Paraná-RO, Welinton Poggere Goes da Fonseca, nos termos do Decreto-Lei n. 201, de 27 de fevereiro de 1967.</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo n. 377/2025, de 02 de dezembro de 2025 que, “Dispõe sobre a aprovação da Prestação de Contas do Município de Ji-Paraná, relativa ao exercício financeiro de 2023.</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>RES</t>
+  </si>
+  <si>
+    <t>Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/resolucao_n._206_horario_sessao.pdf</t>
+  </si>
+  <si>
+    <t>Resolução n. 206/2025, que “Altera na Resolução nº 116/2000 – Regimento Interno, o horário para a realização das Sessões Ordinárias”</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/resolucao_n._207_comissao_de_seguranca_e_transito.pdf</t>
+  </si>
+  <si>
+    <t>Resolução n. 207/2025, que “Cria na Resolução nº 116/2000 – Regimento Interno, a Comissão Permanente de Segurança Pública e Trânsito”</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/resolucao_n._208_-_regulamenta_assessoria_parlamentar_volante.pdf</t>
+  </si>
+  <si>
+    <t>Resolução n. 208/2025, que “Regulamenta a lotação, comprovação das atividades e atribuições especificas da Assessoria Parlamentar Volante – APV, nos termos da Lei n. 3741, de 5 de março de 2025”</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/resolucao_n._209_-_altera_o_art._29_da_resolucao_n._204-2024.pdf</t>
+  </si>
+  <si>
+    <t>Resolução n. 209/2025, que “Altera o art. 29 da Resolução nº 204, de 12 de dezembro de 2024, que estabelece regras e diretrizes para a gestão e fiscalização de contratos administrativos no âmbito da Câmara Municipal de Ji-Paraná/RO”</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/resolucao_n._210_-_verba_de_ressarcimento_-_dom_4508_-_21-05.2025.pdf</t>
+  </si>
+  <si>
+    <t>Resolução n. 210/2025, que “Dispõe sobre o ressarcimento de despesas relacionadas à atividade parlamentar no âmbito da Câmara Municipal de Ji-Paraná, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>Resolução n. 212/2025, que “Autoriza o Poder Legislativo Municipal a proceder a baixa de material inservível e imprestável".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5406,68 +7738,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_decreto_305_-_aprovacao_da_prestacao_de_contas_do_municipio_2023.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/708/projeto_de_lei_n._4403_rosana_-_transparencia_das_filas_de_espera_do_sus.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/709/projeto_de_lei_n._4406_rosana_-_declaracao_de_direitos_de_liberdade_economica.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_n._4408_rosana_-_desburocratizacao_lei_federal_n._13.726.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_n._4416_3276_de_origem.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n._4418_3277_-_altera_e_acresce_dispositivos_a_lei_municipal_no_3355_plantoes_extraordinario_saude.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_n._4419_3278_de_origem_-_credito_adicional_especial_r_687.42331_fmas_e_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/89/2_-_projeto_de_lei-3279.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_n._4422_marcio_-_protejipa.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_n._4423_3280_de_origem_-_termo_de_convenio_sejus.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_n._4424_ademir_scopony_-_institui_o_dia_municipal_dos_surdos.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_n._4425_3281_de_origem_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_n._4426_3282_de_origem_-_ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_n._4427_3283_de_origem_-_selo_para_produtos_artesanais_de_origem_animal.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_n._4428_3284_de_origem_-_cessao_gratuita_de_uso_do_imovel_a_idaron.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_n._4429_3285_de_origem_-_credito_adicional_especial_-_15.00000_ipreji.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_n._4430_3286_de_origem_-_credito_adicional_especial_-_3.38300441-_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_n._4431_3287_de_origem_-_credito_adicional_especial_-_amt.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n._4433_3289_de_origem_-_gratificacao_de_incentivo_a_atividade_medica.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/93/lei-3771_-_credito_adicional_especial_r_426.700_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/94/lei-3772-_plantoes_extraordinarios_profissionais_saude_enfermeiro_e_tecnicos_enfermagem_altera_lei_municipal_no_3355.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/123/lei-3773_-_credito_especial_-_republicada.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/124/lei-3774_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/845/emenda_modificativa_001-gabpref-2025_-_ploa-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/981/emenda_modificativa_ao_pl_4423_2025_scopony_-_convenio_sejus.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1004/emendas_aditivas_4_rosana_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1005/01-emenda_modificativa-2_ao_proj._3296_para_anexo_no_sapl.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1008/emenda_modificativa_002_ccjr_e_cfo_ao_pl_4443_3296_de_origem.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_decreto_300_-_titulo_honorifico_de_cidadao_honorario_sr._jaime_maximino_bagattoli.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_decreto_301_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_sr._fernando_maximo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/projeto_de_decreto_302_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_leobaldo_alves_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/projeto_de_decreto_303_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_ismael_crispin.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_decreto_304_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_sr._juiz_maxilmiliano_darcy_david_deitos.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_decreto_305_-_aprovacao_da_prestacao_de_contas_do_municipio_2023.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1049/projeto_de_lei_n._4379_3260_de_origem_-__alteracoes_na_lei__n._1403_que_institui_o_regime_proprio_de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_lei_n._4380_3261_de_origem_-_alteracao_e_revogacao_de_dispositivos_da_lei_municipal_n._2271_agerji.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_n._4381_3262_de_origem_-_criacao_do_conselho_de_desenvolvimento_sustentavel_e_estrategico_de_ji-parana_-_avanca_ji-parana.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_n._4382_3263_de_origem_-_credito_adicional_especial_r_900.00000.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n._4386_marcelo_-_institui_julho_laranja.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/projeto_de_lei_n._4390_3265_de_origem_-_credito_adicional_especial_r_277.00000_ressarcimento_de_despesa_de_pessoal_requisitado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1075/projeto_de_lei_n._4391_3266_de_origem_-_altera_e_revolga_dispositivos_da_lei_3642_conselhos_tutelares.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1078/projeto_de_lei_n._4392_c.e_-_cessao_de_uso_toyota_etios.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/projeto_de_lei_n._4393_c.e_-_cessao_de_uso_toyota_hilux.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1079/projeto_de_lei_n._4394_marcelo_-_programa_jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_n._4396_3267_de_origem_-_piso_salarial_nacional_profissionais_do_magisterio_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_lei_n._4397_3268_de_origem_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1085/projeto_de_lei_n._4398_3269_-_altera_a_lei_municipal_n._3464__de_23_de_dezembro_de_2021_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_lei_n._4399_c.e_-_revoga_a_lei_3736_auxilios_vereadores_lei_3029.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_n._4400_marcelo_-_denominacao_do_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1092/projeto_de_lei_n._4402_c.e_-_alteracoes_na_lei_965.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/708/projeto_de_lei_n._4403_rosana_-_transparencia_das_filas_de_espera_do_sus.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1095/projeto_de_lei_n._4404_rosana_-_obrigatoriedade_de_apresentacao_de_relatorio_de_impacto_financeiro_nos_proj._que_criem_ou_ampliem_obrigacoes_p_pessoas_fisicas_ou_juridicas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_de_lei_n._4405_3271_de_origem_-_vencimento_dos_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/709/projeto_de_lei_n._4406_rosana_-_declaracao_de_direitos_de_liberdade_economica.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/projeto_de_lei_n._4407_weslei_-_utilidade_publica_a_associacao_de_monitores_e_apoiadores_de_pessoas_com_deficiencia_auditiva.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_n._4408_rosana_-_desburocratizacao_lei_federal_n._13.726.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_n._4409_edison_fidelis_e_marcio_freitas_-_marcha_para_jesus.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_n._4410_3272_de_origem_-_credito_adicional_especial_440.00000_saude.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_n._4411_3273_de_origem_-_altera_lei_3713_comsea.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_n._4412_3274_de_origem_-_programa_de_apoio_e_acolhimento_maes_atipicas_abraco_acolhedor.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_lei_n._4413_wanderson_-_utilidade_publica_a_associacao_indigena_mapayrap_karorap_em_ji-parana..pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_lei_n._4414_marcelo_-_programa_de_fornecimento_gratuito_de_sensores_ou_aparelhos__de_monitoramento_continuo_da_glicemia_para_criancas_com_diabetes_mellitus_tipo_1.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_lei_n._4415_3275_de_origem_-_proibicao_do_transporte_remunerado_de_passageiros_por_meio_de_motocicletas_particulares_em_aplicativos_digitais.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_n._4416_3276_de_origem.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n._4418_3277_-_altera_e_acresce_dispositivos_a_lei_municipal_no_3355_plantoes_extraordinario_saude.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_n._4419_3278_de_origem_-_credito_adicional_especial_r_687.42331_fmas_e_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/projeto_de_lei_n._4420_marcelo_-_carteira_fibromialgia_anteprojeto_n._019.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_n._4422_marcio_-_protejipa.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_n._4423_3280_de_origem_-_termo_de_convenio_sejus.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_n._4424_ademir_scopony_-_institui_o_dia_municipal_dos_surdos.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_n._4425_3281_de_origem_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_n._4426_3282_de_origem_-_ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_n._4427_3283_de_origem_-_selo_para_produtos_artesanais_de_origem_animal.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_n._4428_3284_de_origem_-_cessao_gratuita_de_uso_do_imovel_a_idaron.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_n._4429_3285_de_origem_-_credito_adicional_especial_-_15.00000_ipreji.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_n._4430_3286_de_origem_-_credito_adicional_especial_-_3.38300441-_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_n._4431_3287_de_origem_-_credito_adicional_especial_-_amt.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n._4433_3289_de_origem_-_gratificacao_de_incentivo_a_atividade_medica.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/858/projeto_de_lei_n._4434_3290_de_origem_-_extingue_cargos_poder_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_de_lei_n._4437_3292_de_origem_-_adequacao_do_vencimento_aux._enfermagem_.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei_n._4438_3293_de_origem_-_refis_jipa_.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_n._4439_3294_de_origem_-_selo_produtos_comestiveis_de_origem_vegetal_.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n._4440_weslei_-_utilidade_publica_-_sociedade_beneficente_latino_americano_da_amazonia_-_sblaa.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/966/projeto_de_lei_n._4441_3295_de_origem_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_n._4442_wallisson_-_utilidade_publica_-_associacao_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/988/projeto_de_lei_n._4443_3296_-_fiscalizacao_alteracao_na_lei_n._2250.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_n._4444_3297_-_cinderondonia.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_n._4445_3298_de_origem_-_prorroga_prazo_revisao_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1007/projeto_de_lei_n._4446_3299_de_origem_-_criacao_de_cargos_efetivos_concurso.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n._4448_3300_-_profae_modifica_a_lei_n._3284_e_revoga_a_lei_n._3618.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_n._4449_3301_-_padronizacao_das_cores_de_imoveis_publicos.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_n._4450_rosana_-_altera_a_lei_n._3641_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_lei_n._4451_c.e_-_extincao_de_cargos_na_lei_n._965.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_lei_n._4452_weslei_-_altera_a_lei_n._1756_bairro_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_resolucao_n._264_-_altera_o_art._29_da_resolucao_n._204_-_gestao_e_fiscalizacao_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_resolucao_n._265_-_verba_de_ressarcimento_revoga_192_193_e_195.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/912/proposta_de_emenda_43_-.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1054/lei_3737_de_27-02-25_-_alteracao_da_lei_1403-2005_-_ipreji.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1055/lei_3738_de_27-02-25_-_alteracao_da_lei_2271-2012_-_agerji.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/lei_3739_de_27-02-25_-_credito_adicional_especial_r_900.00000.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1057/lei_3740_de_28-02-25_-_avanca_ji-parana.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/lei_3743-2025_-_altera_lei_3484-2022.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1061/lei_3744-2025_-_altera_lei_965-2000.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1062/lei_3745-2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_3753_-_piso_salarial_educacao.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/93/lei-3771_-_credito_adicional_especial_r_426.700_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/94/lei-3772-_plantoes_extraordinarios_profissionais_saude_enfermeiro_e_tecnicos_enfermagem_altera_lei_municipal_no_3355.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/123/lei-3773_-_credito_especial_-_republicada.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/124/lei-3774_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/849/lei-3775.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/850/lei-3776.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/853/lei-3779.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/854/lei-3780.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/855/lei-3781.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_n._4416_3276_de_origem_-_credito_adicional_especial_r_426.700_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/decreto_360_-_pd_300_-_titulo_honorifico_cidadao_honorario_jaime_bagattoli.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/decreto_362_-_pd_302_-_titulo_honorifico_cidadao_honorario_leobaldo_alves_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/decreto_363_-_pd_303_-_titulo_honorifico_cidadao_honorario_ismael_crispin.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/decreto_364_-_pd_304_-_titulo_honorifico_cidadao_honorario_maximiliano_darcy_david_deitos_2.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/resolucao_n._206_horario_sessao.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/resolucao_n._207_comissao_de_seguranca_e_transito.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/resolucao_n._208_-_regulamenta_assessoria_parlamentar_volante.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/resolucao_n._209_-_altera_o_art._29_da_resolucao_n._204-2024.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/resolucao_n._210_-_verba_de_ressarcimento_-_dom_4508_-_21-05.2025.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H765"/>
+  <dimension ref="A1:H1049"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="184.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="40.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="61.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="245.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5487,19806 +7818,26932 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H8" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H9" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H10" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F11" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H11" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F12" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H12" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F13" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F14" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H14" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H15" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F16" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H16" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F17" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H17" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F18" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H18" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F19" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H19" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F20" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H20" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F21" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H21" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" t="s">
+        <v>40</v>
+      </c>
+      <c r="E22" t="s">
+        <v>41</v>
+      </c>
+      <c r="F22" t="s">
         <v>78</v>
       </c>
-      <c r="D22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H22" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F23" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H23" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F24" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H24" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F25" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H25" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F26" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H26" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F27" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H27" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E28" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F28" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H28" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E29" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F29" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H29" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F30" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H30" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F31" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H31" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E32" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F32" t="s">
-        <v>60</v>
+        <v>112</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H32" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F33" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H33" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F34" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H34" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F35" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H35" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F36" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H36" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E37" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F37" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H37" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E38" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F38" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H38" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E39" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F39" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H39" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E40" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F40" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H40" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E41" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F41" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H41" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F42" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H42" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E43" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F43" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H43" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
+        <v>149</v>
+      </c>
+      <c r="D44" t="s">
+        <v>40</v>
+      </c>
+      <c r="E44" t="s">
+        <v>41</v>
+      </c>
+      <c r="F44" t="s">
         <v>146</v>
       </c>
-      <c r="D44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G44" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H44" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E45" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F45" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H45" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F46" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H46" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F47" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H47" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E48" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H48" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E49" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H49" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E50" t="s">
+        <v>41</v>
+      </c>
+      <c r="F50" t="s">
         <v>18</v>
       </c>
-      <c r="F50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H50" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E51" t="s">
+        <v>41</v>
+      </c>
+      <c r="F51" t="s">
         <v>18</v>
       </c>
-      <c r="F51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H51" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E52" t="s">
+        <v>41</v>
+      </c>
+      <c r="F52" t="s">
         <v>18</v>
       </c>
-      <c r="F52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G52" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H52" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E53" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F53" t="s">
-        <v>175</v>
+        <v>42</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H53" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E54" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F54" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H54" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E55" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F55" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H55" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>184</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>185</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E56" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F56" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H56" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>187</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>188</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E57" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F57" t="s">
+        <v>42</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H57" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>190</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>191</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>40</v>
+      </c>
+      <c r="E58" t="s">
+        <v>41</v>
+      </c>
+      <c r="F58" t="s">
         <v>192</v>
       </c>
-      <c r="D58" t="s">
-[...5 lines deleted...]
-      <c r="F58" t="s">
+      <c r="G58" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H58" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>194</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>195</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>40</v>
+      </c>
+      <c r="E59" t="s">
+        <v>41</v>
+      </c>
+      <c r="F59" t="s">
+        <v>78</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H59" t="s">
         <v>196</v>
-      </c>
-[...13 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>197</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>198</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>40</v>
+      </c>
+      <c r="E60" t="s">
+        <v>41</v>
+      </c>
+      <c r="F60" t="s">
+        <v>23</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H60" t="s">
         <v>199</v>
-      </c>
-[...13 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>200</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>201</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>40</v>
+      </c>
+      <c r="E61" t="s">
+        <v>41</v>
+      </c>
+      <c r="F61" t="s">
+        <v>23</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H61" t="s">
         <v>202</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>203</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>204</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>40</v>
+      </c>
+      <c r="E62" t="s">
+        <v>41</v>
+      </c>
+      <c r="F62" t="s">
         <v>205</v>
       </c>
-      <c r="D62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G62" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H62" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>207</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>208</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F63" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H63" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E64" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F64" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H64" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>215</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>216</v>
+      </c>
+      <c r="D65" t="s">
+        <v>40</v>
+      </c>
+      <c r="E65" t="s">
+        <v>41</v>
+      </c>
+      <c r="F65" t="s">
         <v>213</v>
       </c>
-      <c r="B65" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G65" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H65" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E66" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F66" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H66" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E67" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F67" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H67" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E68" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F68" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H68" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E69" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F69" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H69" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E70" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F70" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H70" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E71" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F71" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H71" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E72" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F72" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H72" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E73" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F73" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H73" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E74" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F74" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H74" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E75" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F75" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H75" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E76" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F76" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H76" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E77" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F77" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H77" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E78" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F78" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H78" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E79" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F79" t="s">
-        <v>257</v>
+        <v>213</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H79" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E80" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F80" t="s">
-        <v>257</v>
+        <v>213</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H80" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E81" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F81" t="s">
-        <v>60</v>
+        <v>213</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H81" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E82" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F82" t="s">
-        <v>60</v>
+        <v>213</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H82" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E83" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F83" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H83" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E84" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F84" t="s">
-        <v>35</v>
+        <v>274</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H84" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>276</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>277</v>
+      </c>
+      <c r="D85" t="s">
+        <v>40</v>
+      </c>
+      <c r="E85" t="s">
+        <v>41</v>
+      </c>
+      <c r="F85" t="s">
         <v>274</v>
       </c>
-      <c r="B85" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G85" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H85" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E86" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F86" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H86" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E87" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F87" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H87" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E88" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F88" t="s">
-        <v>285</v>
+        <v>54</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H88" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E89" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F89" t="s">
-        <v>285</v>
+        <v>54</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H89" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E90" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F90" t="s">
-        <v>285</v>
+        <v>54</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H90" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E91" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F91" t="s">
-        <v>285</v>
+        <v>54</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H91" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E92" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F92" t="s">
-        <v>285</v>
+        <v>54</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H92" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E93" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F93" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H93" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>304</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>305</v>
+      </c>
+      <c r="D94" t="s">
+        <v>40</v>
+      </c>
+      <c r="E94" t="s">
+        <v>41</v>
+      </c>
+      <c r="F94" t="s">
         <v>302</v>
       </c>
-      <c r="B94" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G94" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H94" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E95" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F95" t="s">
-        <v>128</v>
+        <v>302</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H95" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E96" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F96" t="s">
-        <v>128</v>
+        <v>302</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H96" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E97" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F97" t="s">
-        <v>189</v>
+        <v>302</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H97" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D98" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E98" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F98" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H98" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D99" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E99" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F99" t="s">
-        <v>320</v>
+        <v>146</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H99" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>322</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>323</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E100" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F100" t="s">
-        <v>320</v>
+        <v>146</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H100" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>325</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>326</v>
       </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E101" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F101" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H101" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>328</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>329</v>
       </c>
       <c r="D102" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E102" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F102" t="s">
-        <v>19</v>
+        <v>205</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H102" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>331</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>332</v>
       </c>
       <c r="D103" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E103" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F103" t="s">
-        <v>193</v>
+        <v>333</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H103" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D104" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E104" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F104" t="s">
-        <v>128</v>
+        <v>337</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H104" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>339</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>340</v>
+      </c>
+      <c r="D105" t="s">
+        <v>40</v>
+      </c>
+      <c r="E105" t="s">
+        <v>41</v>
+      </c>
+      <c r="F105" t="s">
         <v>337</v>
       </c>
-      <c r="B105" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G105" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H105" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E106" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F106" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H106" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E107" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F107" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H107" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E108" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F108" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H108" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E109" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H109" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E110" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H110" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E111" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F111" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H111" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E112" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F112" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H112" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E113" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F113" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H113" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E114" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F114" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H114" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E115" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F115" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H115" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E116" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F116" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H116" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E117" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F117" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H117" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E118" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F118" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H118" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E119" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F119" t="s">
-        <v>381</v>
+        <v>54</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H119" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E120" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F120" t="s">
-        <v>381</v>
+        <v>78</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H120" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E121" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F121" t="s">
-        <v>381</v>
+        <v>78</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H121" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D122" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E122" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F122" t="s">
-        <v>381</v>
+        <v>146</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H122" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E123" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F123" t="s">
-        <v>193</v>
+        <v>337</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H123" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E124" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F124" t="s">
-        <v>19</v>
+        <v>398</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H124" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
+        <v>401</v>
+      </c>
+      <c r="D125" t="s">
+        <v>40</v>
+      </c>
+      <c r="E125" t="s">
+        <v>41</v>
+      </c>
+      <c r="F125" t="s">
         <v>398</v>
       </c>
-      <c r="D125" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G125" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H125" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E126" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F126" t="s">
-        <v>150</v>
+        <v>398</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H126" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E127" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F127" t="s">
-        <v>150</v>
+        <v>398</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H127" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E128" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F128" t="s">
-        <v>150</v>
+        <v>213</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H128" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E129" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F129" t="s">
-        <v>285</v>
+        <v>42</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H129" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E130" t="s">
+        <v>41</v>
+      </c>
+      <c r="F130" t="s">
         <v>18</v>
       </c>
-      <c r="F130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G130" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H130" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E131" t="s">
+        <v>41</v>
+      </c>
+      <c r="F131" t="s">
         <v>18</v>
       </c>
-      <c r="F131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G131" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H131" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E132" t="s">
+        <v>41</v>
+      </c>
+      <c r="F132" t="s">
         <v>18</v>
       </c>
-      <c r="F132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G132" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H132" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E133" t="s">
+        <v>41</v>
+      </c>
+      <c r="F133" t="s">
         <v>18</v>
       </c>
-      <c r="F133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G133" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H133" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E134" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F134" t="s">
-        <v>35</v>
+        <v>302</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H134" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E135" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F135" t="s">
-        <v>35</v>
+        <v>302</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H135" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E136" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F136" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H136" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D137" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E137" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F137" t="s">
-        <v>435</v>
+        <v>78</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H137" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E138" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F138" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H138" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E139" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F139" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H139" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E140" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F140" t="s">
-        <v>257</v>
+        <v>54</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H140" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E141" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F141" t="s">
-        <v>193</v>
+        <v>54</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H141" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D142" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E142" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F142" t="s">
-        <v>193</v>
+        <v>452</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H142" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E143" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F143" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H143" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E144" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F144" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H144" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E145" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F145" t="s">
-        <v>193</v>
+        <v>274</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H145" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E146" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F146" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H146" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E147" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F147" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H147" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E148" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F148" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H148" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E149" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F149" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H149" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E150" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F150" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H150" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E151" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F151" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H151" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E152" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F152" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H152" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D153" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E153" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F153" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H153" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E154" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F154" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H154" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D155" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E155" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F155" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H155" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E156" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F156" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H156" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E157" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F157" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H157" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D158" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E158" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F158" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H158" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D159" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E159" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F159" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H159" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D160" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E160" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F160" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H160" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D161" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E161" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F161" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H161" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D162" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E162" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F162" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H162" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D163" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E163" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F163" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H163" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D164" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E164" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F164" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H164" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>16</v>
+        <v>521</v>
       </c>
       <c r="D165" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E165" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F165" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H165" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>21</v>
+        <v>524</v>
       </c>
       <c r="D166" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E166" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F166" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H166" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>24</v>
+        <v>527</v>
       </c>
       <c r="D167" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E167" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F167" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H167" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>27</v>
+        <v>530</v>
       </c>
       <c r="D168" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E168" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F168" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H168" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>30</v>
+        <v>533</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E169" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F169" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H169" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>529</v>
+        <v>39</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E170" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F170" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H170" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>532</v>
+        <v>44</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E171" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F171" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H171" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>535</v>
+        <v>46</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E172" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F172" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H172" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>538</v>
+        <v>49</v>
       </c>
       <c r="D173" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E173" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F173" t="s">
-        <v>257</v>
+        <v>146</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H173" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>541</v>
+        <v>51</v>
       </c>
       <c r="D174" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E174" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F174" t="s">
-        <v>285</v>
+        <v>146</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H174" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E175" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F175" t="s">
-        <v>285</v>
+        <v>146</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H175" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E176" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F176" t="s">
-        <v>285</v>
+        <v>146</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H176" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D177" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E177" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F177" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H177" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D178" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E178" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F178" t="s">
-        <v>60</v>
+        <v>274</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H178" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E179" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F179" t="s">
-        <v>60</v>
+        <v>302</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H179" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D180" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E180" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F180" t="s">
-        <v>60</v>
+        <v>302</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H180" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D181" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E181" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F181" t="s">
-        <v>193</v>
+        <v>302</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H181" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D182" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E182" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F182" t="s">
-        <v>193</v>
+        <v>78</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H182" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D183" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E183" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F183" t="s">
-        <v>193</v>
+        <v>78</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H183" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D184" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E184" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F184" t="s">
-        <v>193</v>
+        <v>78</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H184" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D185" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E185" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F185" t="s">
-        <v>193</v>
+        <v>78</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H185" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D186" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E186" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F186" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H186" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D187" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E187" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F187" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H187" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D188" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E188" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F188" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H188" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D189" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E189" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F189" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H189" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D190" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E190" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F190" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H190" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D191" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E191" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F191" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H191" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D192" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E192" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F192" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H192" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D193" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E193" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F193" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H193" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E194" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F194" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H194" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D195" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E195" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F195" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H195" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D196" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E196" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F196" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H196" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D197" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E197" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F197" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H197" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E198" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F198" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H198" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D199" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E199" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F199" t="s">
-        <v>150</v>
+        <v>333</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H199" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D200" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E200" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F200" t="s">
-        <v>150</v>
+        <v>333</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H200" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D201" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E201" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F201" t="s">
-        <v>150</v>
+        <v>333</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H201" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D202" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E202" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F202" t="s">
-        <v>193</v>
+        <v>337</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H202" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D203" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E203" t="s">
+        <v>41</v>
+      </c>
+      <c r="F203" t="s">
         <v>18</v>
       </c>
-      <c r="F203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G203" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H203" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D204" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E204" t="s">
+        <v>41</v>
+      </c>
+      <c r="F204" t="s">
         <v>18</v>
       </c>
-      <c r="F204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G204" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H204" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D205" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E205" t="s">
+        <v>41</v>
+      </c>
+      <c r="F205" t="s">
         <v>18</v>
       </c>
-      <c r="F205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G205" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H205" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D206" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E206" t="s">
+        <v>41</v>
+      </c>
+      <c r="F206" t="s">
         <v>18</v>
       </c>
-      <c r="F206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G206" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H206" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D207" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E207" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F207" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H207" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D208" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E208" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F208" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H208" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D209" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E209" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F209" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H209" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D210" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E210" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F210" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H210" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D211" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E211" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F211" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H211" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D212" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E212" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F212" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H212" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D213" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E213" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F213" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H213" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D214" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E214" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F214" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H214" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D215" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E215" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F215" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H215" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D216" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E216" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F216" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H216" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D217" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E217" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F217" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H217" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>675</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>676</v>
+      </c>
+      <c r="D218" t="s">
+        <v>40</v>
+      </c>
+      <c r="E218" t="s">
+        <v>41</v>
+      </c>
+      <c r="F218" t="s">
         <v>673</v>
       </c>
-      <c r="B218" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G218" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H218" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D219" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E219" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F219" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H219" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D220" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E220" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F220" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H220" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D221" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E221" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F221" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H221" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D222" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E222" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F222" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H222" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E223" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F223" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H223" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D224" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E224" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F224" t="s">
-        <v>35</v>
+        <v>673</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H224" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D225" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E225" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F225" t="s">
-        <v>35</v>
+        <v>673</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H225" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D226" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E226" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F226" t="s">
-        <v>35</v>
+        <v>333</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H226" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D227" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E227" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F227" t="s">
-        <v>35</v>
+        <v>333</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H227" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D228" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E228" t="s">
-        <v>18</v>
+        <v>41</v>
+      </c>
+      <c r="F228" t="s">
+        <v>333</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H228" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="D229" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E229" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F229" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H229" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D230" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E230" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F230" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H230" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D231" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E231" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F231" t="s">
-        <v>381</v>
+        <v>54</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H231" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="D232" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E232" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F232" t="s">
-        <v>381</v>
+        <v>54</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H232" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="D233" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E233" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>41</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H233" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D234" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E234" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F234" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H234" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D235" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E235" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F235" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H235" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="D236" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E236" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F236" t="s">
-        <v>182</v>
+        <v>398</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H236" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="D237" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E237" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F237" t="s">
-        <v>182</v>
+        <v>398</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H237" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="D238" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E238" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F238" t="s">
-        <v>182</v>
+        <v>23</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H238" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D239" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E239" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F239" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H239" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="D240" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E240" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F240" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H240" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D241" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E241" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F241" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H241" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="D242" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E242" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F242" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H242" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D243" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E243" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F243" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H243" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D244" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E244" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F244" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H244" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D245" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E245" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F245" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H245" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="D246" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E246" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F246" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H246" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D247" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E247" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F247" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H247" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D248" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E248" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F248" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H248" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D249" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E249" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F249" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H249" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D250" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E250" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F250" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H250" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D251" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E251" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F251" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H251" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="D252" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E252" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F252" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H252" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D253" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E253" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F253" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H253" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="D254" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E254" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F254" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H254" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D255" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E255" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F255" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H255" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D256" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E256" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F256" t="s">
-        <v>381</v>
+        <v>42</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H256" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D257" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E257" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F257" t="s">
-        <v>285</v>
+        <v>42</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H257" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D258" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E258" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F258" t="s">
-        <v>285</v>
+        <v>42</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H258" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D259" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E259" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F259" t="s">
-        <v>285</v>
+        <v>42</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H259" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D260" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E260" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F260" t="s">
-        <v>285</v>
+        <v>42</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H260" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="D261" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E261" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F261" t="s">
-        <v>285</v>
+        <v>398</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H261" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D262" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E262" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F262" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H262" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D263" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E263" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F263" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H263" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="D264" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E264" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F264" t="s">
-        <v>813</v>
+        <v>302</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H264" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D265" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E265" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F265" t="s">
-        <v>35</v>
+        <v>302</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H265" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D266" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E266" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F266" t="s">
-        <v>35</v>
+        <v>302</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H266" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D267" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E267" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F267" t="s">
-        <v>35</v>
+        <v>302</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H267" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D268" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E268" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F268" t="s">
-        <v>35</v>
+        <v>302</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H268" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D269" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E269" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F269" t="s">
-        <v>35</v>
+        <v>830</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H269" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="D270" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E270" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F270" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H270" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="D271" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E271" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F271" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H271" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D272" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E272" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F272" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H272" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D273" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E273" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F273" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H273" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D274" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E274" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F274" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H274" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="D275" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E275" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F275" t="s">
-        <v>182</v>
+        <v>146</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H275" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D276" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E276" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F276" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H276" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D277" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E277" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F277" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H277" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D278" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E278" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F278" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H278" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D279" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E279" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F279" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H279" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="D280" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E280" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F280" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H280" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D281" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E281" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F281" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H281" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="D282" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E282" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F282" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H282" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="D283" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E283" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F283" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H283" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="D284" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E284" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F284" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H284" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="D285" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E285" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F285" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H285" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D286" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E286" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F286" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H286" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D287" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E287" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F287" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H287" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="D288" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E288" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F288" t="s">
-        <v>182</v>
+        <v>213</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H288" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D289" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E289" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F289" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H289" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="D290" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E290" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F290" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H290" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="D291" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E291" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F291" t="s">
-        <v>35</v>
+        <v>673</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H291" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D292" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E292" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F292" t="s">
-        <v>35</v>
+        <v>673</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H292" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="D293" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E293" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F293" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H293" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="D294" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E294" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F294" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H294" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="D295" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E295" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F295" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H295" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="D296" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E296" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F296" t="s">
-        <v>381</v>
+        <v>54</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H296" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D297" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E297" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F297" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H297" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="D298" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E298" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F298" t="s">
-        <v>182</v>
+        <v>146</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H298" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="D299" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E299" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F299" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H299" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D300" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E300" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F300" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H300" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="D301" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E301" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F301" t="s">
-        <v>193</v>
+        <v>398</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H301" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D302" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E302" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F302" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H302" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="D303" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E303" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F303" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H303" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="D304" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E304" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F304" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H304" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D305" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E305" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F305" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H305" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="D306" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E306" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F306" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H306" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="D307" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E307" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F307" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H307" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="D308" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E308" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F308" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H308" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="D309" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E309" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F309" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H309" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="D310" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E310" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F310" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H310" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D311" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E311" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F311" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H311" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="D312" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E312" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F312" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H312" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="D313" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E313" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F313" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H313" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D314" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E314" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F314" t="s">
-        <v>813</v>
+        <v>213</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H314" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="D315" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E315" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F315" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H315" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="D316" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E316" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F316" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H316" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D317" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E317" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F317" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H317" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="D318" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E318" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F318" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H318" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="D319" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E319" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F319" t="s">
-        <v>656</v>
+        <v>830</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H319" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D320" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E320" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F320" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H320" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="D321" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E321" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F321" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H321" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="D322" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E322" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F322" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H322" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D323" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E323" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F323" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H323" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="D324" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E324" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F324" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H324" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D325" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E325" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F325" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H325" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D326" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E326" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F326" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H326" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="D327" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E327" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F327" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H327" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="D328" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E328" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F328" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H328" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="D329" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E329" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F329" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H329" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D330" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E330" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F330" t="s">
-        <v>193</v>
+        <v>333</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H330" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="D331" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E331" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F331" t="s">
-        <v>193</v>
+        <v>333</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H331" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D332" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E332" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F332" t="s">
-        <v>193</v>
+        <v>333</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H332" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="D333" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E333" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F333" t="s">
-        <v>193</v>
+        <v>333</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H333" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D334" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E334" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F334" t="s">
-        <v>193</v>
+        <v>333</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H334" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D335" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E335" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F335" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H335" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D336" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E336" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F336" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H336" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="D337" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E337" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F337" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H337" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D338" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E338" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F338" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H338" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="D339" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E339" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F339" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H339" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="D340" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E340" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F340" t="s">
-        <v>381</v>
+        <v>213</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H340" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D341" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E341" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F341" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H341" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D342" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E342" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F342" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H342" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D343" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E343" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F343" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H343" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="D344" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E344" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F344" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H344" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="D345" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E345" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F345" t="s">
-        <v>656</v>
+        <v>398</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H345" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D346" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E346" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F346" t="s">
-        <v>128</v>
+        <v>673</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H346" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D347" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E347" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F347" t="s">
-        <v>128</v>
+        <v>673</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H347" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="D348" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E348" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F348" t="s">
-        <v>128</v>
+        <v>673</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H348" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D349" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E349" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F349" t="s">
-        <v>128</v>
+        <v>673</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H349" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="D350" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E350" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F350" t="s">
-        <v>60</v>
+        <v>673</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H350" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="D351" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E351" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F351" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H351" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="D352" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E352" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F352" t="s">
-        <v>182</v>
+        <v>146</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H352" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1044</v>
+        <v>1081</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="D353" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E353" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F353" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H353" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1047</v>
+        <v>1084</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="D354" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E354" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F354" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H354" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1050</v>
+        <v>1087</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="D355" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E355" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F355" t="s">
-        <v>656</v>
+        <v>78</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H355" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1053</v>
+        <v>1090</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>965</v>
+        <v>1091</v>
       </c>
       <c r="D356" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E356" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F356" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H356" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1056</v>
+        <v>1093</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1086</v>
+        <v>1094</v>
       </c>
       <c r="D357" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E357" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F357" t="s">
-        <v>656</v>
+        <v>23</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H357" t="s">
-        <v>1087</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1088</v>
+        <v>1096</v>
       </c>
       <c r="D358" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E358" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F358" t="s">
-        <v>656</v>
+        <v>78</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H358" t="s">
-        <v>1089</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>968</v>
+        <v>1098</v>
       </c>
       <c r="D359" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E359" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F359" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H359" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>971</v>
+        <v>1100</v>
       </c>
       <c r="D360" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E360" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F360" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H360" t="s">
-        <v>1091</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1092</v>
+        <v>982</v>
       </c>
       <c r="D361" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E361" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F361" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H361" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>974</v>
+        <v>1103</v>
       </c>
       <c r="D362" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E362" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F362" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H362" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>977</v>
+        <v>1105</v>
       </c>
       <c r="D363" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E363" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F363" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H363" t="s">
-        <v>1095</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1096</v>
+        <v>985</v>
       </c>
       <c r="D364" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E364" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F364" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H364" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="D365" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E365" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F365" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H365" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1099</v>
+        <v>1109</v>
       </c>
       <c r="D366" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E366" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F366" t="s">
-        <v>381</v>
+        <v>42</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H366" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="D367" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E367" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F367" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H367" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1102</v>
+        <v>994</v>
       </c>
       <c r="D368" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E368" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F368" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H368" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>986</v>
+        <v>1113</v>
       </c>
       <c r="D369" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E369" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F369" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H369" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1105</v>
+        <v>997</v>
       </c>
       <c r="D370" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E370" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F370" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H370" t="s">
-        <v>1106</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="D371" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E371" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F371" t="s">
-        <v>35</v>
+        <v>398</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H371" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1109</v>
+        <v>1000</v>
       </c>
       <c r="D372" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E372" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F372" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H372" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>989</v>
+        <v>1119</v>
       </c>
       <c r="D373" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E373" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F373" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H373" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>1105</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>992</v>
+        <v>1003</v>
       </c>
       <c r="D374" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E374" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F374" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H374" t="s">
-        <v>1112</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>995</v>
+        <v>1122</v>
       </c>
       <c r="D375" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E375" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F375" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H375" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>998</v>
+        <v>1124</v>
       </c>
       <c r="D376" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E376" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F376" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H376" t="s">
-        <v>1114</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>870</v>
+        <v>1116</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1001</v>
+        <v>1126</v>
       </c>
       <c r="D377" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E377" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F377" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H377" t="s">
-        <v>1115</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>873</v>
+        <v>1119</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="D378" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E378" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F378" t="s">
-        <v>656</v>
+        <v>78</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H378" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>876</v>
+        <v>1122</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D379" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E379" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F379" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H379" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>879</v>
+        <v>1124</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D380" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E380" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F380" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H380" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>882</v>
+        <v>1126</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="D381" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E381" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F381" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H381" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="D382" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E382" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F382" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H382" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="D383" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E383" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F383" t="s">
-        <v>316</v>
+        <v>673</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H383" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="D384" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E384" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F384" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H384" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="D385" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E385" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F385" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H385" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="D386" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E386" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F386" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H386" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="D387" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E387" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F387" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H387" t="s">
-        <v>1125</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D388" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E388" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F388" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H388" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D389" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E389" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F389" t="s">
-        <v>19</v>
+        <v>333</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H389" t="s">
-        <v>1127</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="D390" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E390" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F390" t="s">
-        <v>19</v>
+        <v>333</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H390" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="D391" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E391" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F391" t="s">
-        <v>19</v>
+        <v>333</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H391" t="s">
-        <v>1129</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="D392" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E392" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F392" t="s">
-        <v>193</v>
+        <v>333</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H392" t="s">
-        <v>1130</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="D393" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E393" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F393" t="s">
-        <v>193</v>
+        <v>333</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H393" t="s">
-        <v>1131</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D394" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E394" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F394" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H394" t="s">
-        <v>1132</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="D395" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E395" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F395" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H395" t="s">
-        <v>1133</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D396" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E396" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F396" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H396" t="s">
-        <v>1134</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="D397" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E397" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F397" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H397" t="s">
-        <v>1135</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="D398" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E398" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F398" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H398" t="s">
-        <v>1136</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D399" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E399" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F399" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H399" t="s">
-        <v>1137</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="D400" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E400" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F400" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H400" t="s">
-        <v>1138</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D401" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E401" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F401" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H401" t="s">
-        <v>1139</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="D402" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E402" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F402" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H402" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1141</v>
+        <v>1081</v>
       </c>
       <c r="D403" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E403" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F403" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H403" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1143</v>
+        <v>1084</v>
       </c>
       <c r="D404" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E404" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F404" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H404" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1145</v>
+        <v>1087</v>
       </c>
       <c r="D405" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E405" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F405" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H405" t="s">
-        <v>1146</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1147</v>
+        <v>1090</v>
       </c>
       <c r="D406" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E406" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F406" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H406" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1149</v>
+        <v>1093</v>
       </c>
       <c r="D407" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E407" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F407" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H407" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="D408" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E408" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F408" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H408" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="D409" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E409" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F409" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H409" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="D410" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E410" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F410" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H410" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="D411" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E411" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F411" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H411" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="D412" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E412" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F412" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H412" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="D413" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E413" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F413" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H413" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="D414" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E414" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F414" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H414" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="D415" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E415" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F415" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H415" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="D416" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E416" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F416" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H416" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="D417" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E417" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F417" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H417" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="D418" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E418" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F418" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H418" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="D419" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E419" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F419" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H419" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="D420" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E420" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F420" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H420" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="D421" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E421" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F421" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H421" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="D422" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E422" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F422" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H422" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="D423" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E423" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F423" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H423" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>849</v>
+        <v>1013</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="D424" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E424" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F424" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H424" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>852</v>
+        <v>1016</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="D425" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E425" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F425" t="s">
-        <v>285</v>
+        <v>146</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H425" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>855</v>
+        <v>1019</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="D426" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E426" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F426" t="s">
-        <v>285</v>
+        <v>146</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H426" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>858</v>
+        <v>1022</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="D427" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E427" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F427" t="s">
-        <v>1190</v>
+        <v>146</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H427" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>861</v>
+        <v>1025</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="D428" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E428" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F428" t="s">
-        <v>182</v>
+        <v>146</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H428" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>917</v>
+        <v>1200</v>
       </c>
       <c r="D429" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E429" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F429" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H429" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>920</v>
+        <v>1202</v>
       </c>
       <c r="D430" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E430" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F430" t="s">
-        <v>656</v>
+        <v>302</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H430" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>788</v>
+        <v>872</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>923</v>
+        <v>1204</v>
       </c>
       <c r="D431" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E431" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F431" t="s">
-        <v>19</v>
+        <v>302</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H431" t="s">
-        <v>1196</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>791</v>
+        <v>875</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>926</v>
+        <v>1206</v>
       </c>
       <c r="D432" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E432" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F432" t="s">
-        <v>19</v>
+        <v>1207</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H432" t="s">
-        <v>1197</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>794</v>
+        <v>878</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>929</v>
+        <v>1209</v>
       </c>
       <c r="D433" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E433" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F433" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H433" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>797</v>
+        <v>881</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="D434" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E434" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F434" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H434" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>800</v>
+        <v>884</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="D435" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E435" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F435" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H435" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D436" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E436" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F436" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H436" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="D437" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E437" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F437" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H437" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D438" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E438" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F438" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H438" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="D439" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E439" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F439" t="s">
-        <v>193</v>
+        <v>673</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H439" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="D440" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E440" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F440" t="s">
-        <v>193</v>
+        <v>673</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H440" t="s">
-        <v>1205</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D441" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E441" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F441" t="s">
-        <v>193</v>
+        <v>673</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H441" t="s">
-        <v>1206</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="D442" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E442" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F442" t="s">
-        <v>193</v>
+        <v>673</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H442" t="s">
-        <v>1207</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="D443" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E443" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F443" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H443" t="s">
-        <v>1208</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="D444" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E444" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F444" t="s">
-        <v>381</v>
+        <v>213</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H444" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1210</v>
+        <v>967</v>
       </c>
       <c r="D445" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E445" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F445" t="s">
-        <v>381</v>
+        <v>213</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H445" t="s">
-        <v>1211</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1212</v>
+        <v>970</v>
       </c>
       <c r="D446" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E446" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F446" t="s">
-        <v>316</v>
+        <v>213</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H446" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1214</v>
+        <v>973</v>
       </c>
       <c r="D447" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E447" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F447" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H447" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1216</v>
+        <v>976</v>
       </c>
       <c r="D448" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E448" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F448" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H448" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1218</v>
+        <v>979</v>
       </c>
       <c r="D449" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E449" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F449" t="s">
-        <v>128</v>
+        <v>398</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H449" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="D450" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E450" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F450" t="s">
-        <v>128</v>
+        <v>398</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H450" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>665</v>
+        <v>851</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="D451" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E451" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F451" t="s">
-        <v>60</v>
+        <v>333</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H451" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>671</v>
+        <v>854</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="D452" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E452" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F452" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H452" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>674</v>
+        <v>857</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="D453" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E453" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F453" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H453" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>722</v>
+        <v>860</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="D454" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E454" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F454" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H454" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>731</v>
+        <v>863</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="D455" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E455" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F455" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H455" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>734</v>
+        <v>682</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>790</v>
+        <v>1239</v>
       </c>
       <c r="D456" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E456" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F456" t="s">
-        <v>150</v>
+        <v>78</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H456" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>743</v>
+        <v>688</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>793</v>
+        <v>1241</v>
       </c>
       <c r="D457" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E457" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F457" t="s">
-        <v>150</v>
+        <v>78</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H457" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>749</v>
+        <v>691</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>796</v>
+        <v>1243</v>
       </c>
       <c r="D458" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E458" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F458" t="s">
-        <v>150</v>
+        <v>42</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H458" t="s">
-        <v>1234</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>755</v>
+        <v>739</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>799</v>
+        <v>1245</v>
       </c>
       <c r="D459" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E459" t="s">
+        <v>41</v>
+      </c>
+      <c r="F459" t="s">
         <v>18</v>
       </c>
-      <c r="F459" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G459" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H459" t="s">
-        <v>1235</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>758</v>
+        <v>748</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>802</v>
+        <v>1247</v>
       </c>
       <c r="D460" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E460" t="s">
+        <v>41</v>
+      </c>
+      <c r="F460" t="s">
         <v>18</v>
       </c>
-      <c r="F460" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G460" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H460" t="s">
-        <v>1236</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D461" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E461" t="s">
+        <v>41</v>
+      </c>
+      <c r="F461" t="s">
         <v>18</v>
       </c>
-      <c r="F461" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G461" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H461" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D462" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E462" t="s">
+        <v>41</v>
+      </c>
+      <c r="F462" t="s">
         <v>18</v>
       </c>
-      <c r="F462" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G462" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H462" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D463" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E463" t="s">
+        <v>41</v>
+      </c>
+      <c r="F463" t="s">
         <v>18</v>
       </c>
-      <c r="F463" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G463" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H463" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D464" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E464" t="s">
+        <v>41</v>
+      </c>
+      <c r="F464" t="s">
         <v>18</v>
       </c>
-      <c r="F464" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G464" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H464" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D465" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E465" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F465" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H465" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D466" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E466" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F466" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H466" t="s">
-        <v>1242</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D467" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E467" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F467" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H467" t="s">
-        <v>1243</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D468" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E468" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F468" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H468" t="s">
-        <v>1244</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D469" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E469" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F469" t="s">
-        <v>1245</v>
+        <v>146</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H469" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>640</v>
+        <v>790</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D470" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E470" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F470" t="s">
-        <v>381</v>
+        <v>333</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H470" t="s">
-        <v>1247</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>643</v>
+        <v>793</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D471" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E471" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F471" t="s">
-        <v>19</v>
+        <v>333</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H471" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>646</v>
+        <v>796</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D472" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E472" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F472" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H472" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>649</v>
+        <v>799</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D473" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E473" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F473" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H473" t="s">
-        <v>1250</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>652</v>
+        <v>802</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D474" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E474" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F474" t="s">
-        <v>193</v>
+        <v>1262</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H474" t="s">
-        <v>1251</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="D475" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E475" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F475" t="s">
-        <v>193</v>
+        <v>398</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H475" t="s">
-        <v>1252</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D476" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E476" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F476" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H476" t="s">
-        <v>1253</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D477" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E477" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F477" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H477" t="s">
-        <v>1254</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D478" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E478" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F478" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H478" t="s">
-        <v>1255</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>677</v>
+        <v>669</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D479" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E479" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F479" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H479" t="s">
-        <v>1256</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="D480" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E480" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F480" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H480" t="s">
-        <v>1257</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D481" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E481" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F481" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H481" t="s">
-        <v>1258</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D482" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E482" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F482" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H482" t="s">
-        <v>1259</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="D483" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E483" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F483" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H483" t="s">
-        <v>1260</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D484" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E484" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F484" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H484" t="s">
-        <v>1261</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="D485" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E485" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F485" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H485" t="s">
-        <v>1262</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D486" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E486" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F486" t="s">
-        <v>128</v>
+        <v>213</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H486" t="s">
-        <v>1263</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D487" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E487" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F487" t="s">
-        <v>128</v>
+        <v>213</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H487" t="s">
-        <v>1264</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="D488" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E488" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F488" t="s">
-        <v>128</v>
+        <v>213</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H488" t="s">
-        <v>1265</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D489" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E489" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F489" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H489" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D490" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E490" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F490" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H490" t="s">
-        <v>1267</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D491" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E491" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F491" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H491" t="s">
-        <v>1268</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D492" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E492" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F492" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H492" t="s">
-        <v>1269</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="D493" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E493" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F493" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H493" t="s">
-        <v>1270</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D494" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E494" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F494" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H494" t="s">
-        <v>1271</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="D495" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E495" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F495" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H495" t="s">
-        <v>1272</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="D496" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E496" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F496" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H496" t="s">
-        <v>1273</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D497" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E497" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F497" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H497" t="s">
-        <v>1274</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>746</v>
+        <v>736</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>742</v>
+        <v>919</v>
       </c>
       <c r="D498" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E498" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F498" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H498" t="s">
-        <v>1275</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>745</v>
+        <v>922</v>
       </c>
       <c r="D499" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E499" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F499" t="s">
-        <v>257</v>
+        <v>42</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H499" t="s">
-        <v>1276</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>529</v>
+        <v>745</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>748</v>
+        <v>925</v>
       </c>
       <c r="D500" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E500" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F500" t="s">
-        <v>182</v>
+        <v>673</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H500" t="s">
-        <v>1277</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>532</v>
+        <v>754</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>751</v>
+        <v>928</v>
       </c>
       <c r="D501" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E501" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F501" t="s">
-        <v>182</v>
+        <v>673</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H501" t="s">
-        <v>1278</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>535</v>
+        <v>757</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>754</v>
+        <v>931</v>
       </c>
       <c r="D502" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E502" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F502" t="s">
-        <v>60</v>
+        <v>673</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H502" t="s">
-        <v>1279</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>538</v>
+        <v>763</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D503" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E503" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F503" t="s">
-        <v>60</v>
+        <v>673</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H503" t="s">
-        <v>1280</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>541</v>
+        <v>769</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D504" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E504" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F504" t="s">
-        <v>60</v>
+        <v>274</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H504" t="s">
-        <v>1281</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D505" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E505" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F505" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H505" t="s">
-        <v>1282</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="D506" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E506" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F506" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H506" t="s">
-        <v>1283</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D507" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E507" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F507" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H507" t="s">
-        <v>1284</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="D508" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E508" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F508" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H508" t="s">
-        <v>1285</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D509" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E509" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F509" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H509" t="s">
-        <v>1286</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D510" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E510" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F510" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H510" t="s">
-        <v>1287</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D511" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E511" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F511" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H511" t="s">
-        <v>1288</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D512" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E512" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F512" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H512" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D513" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E513" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F513" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H513" t="s">
-        <v>1290</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>609</v>
+        <v>792</v>
       </c>
       <c r="D514" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E514" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F514" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H514" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>612</v>
+        <v>795</v>
       </c>
       <c r="D515" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E515" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F515" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H515" t="s">
-        <v>1292</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1293</v>
+        <v>798</v>
       </c>
       <c r="D516" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E516" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F516" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H516" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>615</v>
+        <v>801</v>
       </c>
       <c r="D517" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E517" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F517" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H517" t="s">
-        <v>1295</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>618</v>
+        <v>804</v>
       </c>
       <c r="D518" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E518" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F518" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H518" t="s">
-        <v>1296</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="D519" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E519" t="s">
-        <v>18</v>
+        <v>41</v>
+      </c>
+      <c r="F519" t="s">
+        <v>78</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H519" t="s">
-        <v>1297</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="D520" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E520" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F520" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H520" t="s">
-        <v>1298</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>627</v>
+        <v>1310</v>
       </c>
       <c r="D521" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E521" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F521" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H521" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D522" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E522" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F522" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H522" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D523" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E523" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F523" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H523" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D524" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E524" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H524" t="s">
-        <v>1302</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D525" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E525" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F525" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H525" t="s">
-        <v>1303</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D526" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E526" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F526" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H526" t="s">
-        <v>1304</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D527" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E527" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F527" t="s">
-        <v>1305</v>
+        <v>78</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H527" t="s">
-        <v>1306</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="D528" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E528" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F528" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H528" t="s">
-        <v>1307</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="D529" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E529" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F529" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H529" t="s">
-        <v>1308</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D530" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E530" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F530" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H530" t="s">
-        <v>1309</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D531" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E531" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F531" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H531" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D532" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E532" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F532" t="s">
-        <v>35</v>
+        <v>1322</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H532" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D533" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E533" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F533" t="s">
-        <v>285</v>
+        <v>54</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H533" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D534" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E534" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F534" t="s">
-        <v>285</v>
+        <v>54</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H534" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D535" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E535" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F535" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H535" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D536" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E536" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F536" t="s">
-        <v>435</v>
+        <v>54</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H536" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>205</v>
+        <v>642</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D537" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E537" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F537" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H537" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>208</v>
+        <v>645</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D538" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E538" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F538" t="s">
-        <v>656</v>
+        <v>302</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H538" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>211</v>
+        <v>648</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D539" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E539" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F539" t="s">
-        <v>656</v>
+        <v>302</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H539" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>214</v>
+        <v>651</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D540" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E540" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F540" t="s">
-        <v>656</v>
+        <v>23</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H540" t="s">
-        <v>1319</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>217</v>
+        <v>654</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D541" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E541" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F541" t="s">
-        <v>19</v>
+        <v>452</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H541" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="D542" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E542" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F542" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H542" t="s">
-        <v>1321</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="D543" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E543" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F543" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H543" t="s">
-        <v>1322</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D544" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E544" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F544" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H544" t="s">
-        <v>1323</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D545" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E545" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F545" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H545" t="s">
-        <v>1324</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D546" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E546" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F546" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H546" t="s">
-        <v>1325</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D547" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E547" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F547" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H547" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D548" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E548" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F548" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H548" t="s">
-        <v>1327</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D549" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E549" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F549" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H549" t="s">
-        <v>1328</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D550" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E550" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F550" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H550" t="s">
-        <v>1329</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D551" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E551" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F551" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H551" t="s">
-        <v>1330</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D552" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E552" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F552" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H552" t="s">
-        <v>1331</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="D553" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E553" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F553" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H553" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D554" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E554" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F554" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H554" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="D555" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E555" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F555" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H555" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D556" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E556" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F556" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H556" t="s">
-        <v>1335</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="D557" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E557" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F557" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H557" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D558" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E558" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F558" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H558" t="s">
-        <v>1337</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>1338</v>
+        <v>744</v>
       </c>
       <c r="D559" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E559" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F559" t="s">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H559" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>1340</v>
+        <v>747</v>
       </c>
       <c r="D560" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E560" t="s">
+        <v>41</v>
+      </c>
+      <c r="F560" t="s">
         <v>18</v>
       </c>
-      <c r="F560" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G560" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H560" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>1342</v>
+        <v>750</v>
       </c>
       <c r="D561" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E561" t="s">
+        <v>41</v>
+      </c>
+      <c r="F561" t="s">
         <v>18</v>
       </c>
-      <c r="F561" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G561" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H561" t="s">
-        <v>1343</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>1344</v>
+        <v>753</v>
       </c>
       <c r="D562" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E562" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F562" t="s">
-        <v>193</v>
+        <v>54</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H562" t="s">
-        <v>1345</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>1346</v>
+        <v>756</v>
       </c>
       <c r="D563" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E563" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F563" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H563" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="D564" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E564" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F564" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H564" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="D565" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E565" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F565" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H565" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>329</v>
+        <v>295</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
       <c r="D566" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E566" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F566" t="s">
-        <v>435</v>
+        <v>213</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H566" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>338</v>
+        <v>298</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="D567" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E567" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F567" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H567" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>344</v>
+        <v>301</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="D568" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E568" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F568" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H568" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>347</v>
+        <v>305</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="D569" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E569" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F569" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H569" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>350</v>
+        <v>308</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="D570" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E570" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F570" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H570" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="D571" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E571" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F571" t="s">
-        <v>19</v>
+        <v>452</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H571" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="D572" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E572" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F572" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H572" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>33</v>
+        <v>1373</v>
       </c>
       <c r="D573" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E573" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F573" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H573" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>37</v>
+        <v>1375</v>
       </c>
       <c r="D574" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E574" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F574" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H574" t="s">
-        <v>1367</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>40</v>
+        <v>1377</v>
       </c>
       <c r="D575" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E575" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F575" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H575" t="s">
-        <v>1368</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>43</v>
+        <v>1379</v>
       </c>
       <c r="D576" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E576" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F576" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H576" t="s">
-        <v>1369</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>46</v>
+        <v>1381</v>
       </c>
       <c r="D577" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E577" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F577" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H577" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D578" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E578" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F578" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H578" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D579" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E579" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F579" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H579" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D580" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E580" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F580" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H580" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D581" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E581" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F581" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H581" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D582" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E582" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F582" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H582" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D583" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E583" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F583" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H583" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D584" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E584" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F584" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H584" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D585" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E585" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F585" t="s">
-        <v>435</v>
+        <v>146</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H585" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D586" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E586" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F586" t="s">
-        <v>656</v>
+        <v>146</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H586" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>1380</v>
+        <v>80</v>
       </c>
       <c r="D587" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E587" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F587" t="s">
-        <v>656</v>
+        <v>146</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H587" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D588" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E588" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F588" t="s">
-        <v>656</v>
+        <v>78</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H588" t="s">
-        <v>1382</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D589" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E589" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F589" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H589" t="s">
-        <v>1383</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D590" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E590" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F590" t="s">
-        <v>19</v>
+        <v>452</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H590" t="s">
-        <v>1384</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D591" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E591" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F591" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H591" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>92</v>
+        <v>1397</v>
       </c>
       <c r="D592" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E592" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F592" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H592" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="D593" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E593" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F593" t="s">
-        <v>128</v>
+        <v>673</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H593" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>1388</v>
+        <v>101</v>
       </c>
       <c r="D594" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E594" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F594" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H594" t="s">
-        <v>1389</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>1390</v>
+        <v>104</v>
       </c>
       <c r="D595" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E595" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F595" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H595" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>1392</v>
+        <v>107</v>
       </c>
       <c r="D596" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E596" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F596" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H596" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>1394</v>
+        <v>110</v>
       </c>
       <c r="D597" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E597" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F597" t="s">
-        <v>316</v>
+        <v>42</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H597" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>1396</v>
+        <v>95</v>
       </c>
       <c r="D598" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E598" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F598" t="s">
-        <v>316</v>
+        <v>146</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H598" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>528</v>
+        <v>1405</v>
       </c>
       <c r="D599" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E599" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F599" t="s">
-        <v>316</v>
+        <v>146</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H599" t="s">
-        <v>1398</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>531</v>
+        <v>1407</v>
       </c>
       <c r="D600" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E600" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F600" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H600" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>534</v>
+        <v>1409</v>
       </c>
       <c r="D601" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E601" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F601" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H601" t="s">
-        <v>1400</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>537</v>
+        <v>1411</v>
       </c>
       <c r="D602" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E602" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F602" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H602" t="s">
-        <v>1401</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>540</v>
+        <v>1413</v>
       </c>
       <c r="D603" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E603" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F603" t="s">
-        <v>128</v>
+        <v>333</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H603" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D604" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E604" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F604" t="s">
-        <v>128</v>
+        <v>333</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H604" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D605" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E605" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F605" t="s">
-        <v>128</v>
+        <v>333</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H605" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D606" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E606" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F606" t="s">
-        <v>128</v>
+        <v>333</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H606" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D607" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E607" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F607" t="s">
-        <v>128</v>
+        <v>333</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H607" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D608" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E608" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F608" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H608" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D609" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E609" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F609" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H609" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D610" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E610" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F610" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H610" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D611" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E611" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F611" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H611" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D612" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E612" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F612" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H612" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D613" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E613" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F613" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H613" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D614" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E614" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F614" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H614" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D615" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E615" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F615" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H615" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D616" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E616" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F616" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H616" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>1011</v>
+        <v>515</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D617" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E617" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F617" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H617" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>1014</v>
+        <v>518</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D618" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E618" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F618" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H618" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>1017</v>
+        <v>521</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D619" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E619" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F619" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H619" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>1020</v>
+        <v>524</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D620" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E620" t="s">
+        <v>41</v>
+      </c>
+      <c r="F620" t="s">
         <v>18</v>
       </c>
-      <c r="F620" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G620" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H620" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>1023</v>
+        <v>527</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D621" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E621" t="s">
+        <v>41</v>
+      </c>
+      <c r="F621" t="s">
         <v>18</v>
       </c>
-      <c r="F621" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G621" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H621" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D622" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E622" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F622" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H622" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D623" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E623" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F623" t="s">
-        <v>316</v>
+        <v>146</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H623" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D624" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E624" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F624" t="s">
-        <v>316</v>
+        <v>146</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H624" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D625" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E625" t="s">
+        <v>41</v>
+      </c>
+      <c r="F625" t="s">
         <v>18</v>
       </c>
-      <c r="F625" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G625" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H625" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>437</v>
+        <v>611</v>
       </c>
       <c r="D626" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E626" t="s">
+        <v>41</v>
+      </c>
+      <c r="F626" t="s">
         <v>18</v>
       </c>
-      <c r="F626" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G626" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H626" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>1141</v>
+        <v>1043</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>440</v>
+        <v>614</v>
       </c>
       <c r="D627" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E627" t="s">
+        <v>41</v>
+      </c>
+      <c r="F627" t="s">
         <v>18</v>
       </c>
-      <c r="F627" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G627" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H627" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>1143</v>
+        <v>1049</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>443</v>
+        <v>617</v>
       </c>
       <c r="D628" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E628" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F628" t="s">
-        <v>35</v>
+        <v>333</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H628" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>1145</v>
+        <v>1052</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>446</v>
+        <v>620</v>
       </c>
       <c r="D629" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E629" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F629" t="s">
-        <v>35</v>
+        <v>333</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H629" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>1147</v>
+        <v>1055</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>449</v>
+        <v>623</v>
       </c>
       <c r="D630" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E630" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F630" t="s">
-        <v>35</v>
+        <v>333</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H630" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>1155</v>
+        <v>1058</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D631" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E631" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F631" t="s">
-        <v>35</v>
+        <v>333</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H631" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D632" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E632" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F632" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H632" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D633" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E633" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F633" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H633" t="s">
-        <v>1432</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>1183</v>
+        <v>1162</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D634" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E634" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F634" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H634" t="s">
-        <v>1433</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>1185</v>
+        <v>1164</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D635" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E635" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F635" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H635" t="s">
-        <v>1434</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>1187</v>
+        <v>1172</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D636" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E636" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F636" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H636" t="s">
-        <v>1435</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>1189</v>
+        <v>1176</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D637" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E637" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F637" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H637" t="s">
-        <v>1436</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>1192</v>
+        <v>1178</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D638" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E638" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F638" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H638" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>1210</v>
+        <v>1200</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D639" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E639" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F639" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H639" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>1212</v>
+        <v>1202</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D640" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E640" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F640" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H640" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>1214</v>
+        <v>1204</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D641" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E641" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F641" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H641" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>1216</v>
+        <v>1206</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D642" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E642" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F642" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H642" t="s">
-        <v>1441</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>1218</v>
+        <v>1209</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D643" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E643" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F643" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H643" t="s">
-        <v>1442</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D644" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E644" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F644" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H644" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D645" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E645" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F645" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H645" t="s">
-        <v>1444</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D646" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E646" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F646" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H646" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D647" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E647" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F647" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H647" t="s">
-        <v>1446</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D648" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E648" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F648" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H648" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D649" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E649" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F649" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H649" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>1293</v>
+        <v>1239</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D650" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E650" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F650" t="s">
-        <v>813</v>
+        <v>54</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H650" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>1338</v>
+        <v>1241</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D651" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E651" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F651" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H651" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>1340</v>
+        <v>1243</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D652" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E652" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F652" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H652" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>1342</v>
+        <v>1245</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D653" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E653" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F653" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H653" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>1344</v>
+        <v>1247</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="D654" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E654" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F654" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H654" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>1346</v>
+        <v>1310</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="D655" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E655" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F655" t="s">
-        <v>316</v>
+        <v>830</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H655" t="s">
-        <v>1454</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="D656" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E656" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F656" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H656" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="D657" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E657" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F657" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H657" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>394</v>
+        <v>535</v>
       </c>
       <c r="D658" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E658" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F658" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H658" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>397</v>
+        <v>537</v>
       </c>
       <c r="D659" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E659" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F659" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H659" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>400</v>
+        <v>539</v>
       </c>
       <c r="D660" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E660" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F660" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H660" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>403</v>
+        <v>541</v>
       </c>
       <c r="D661" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E661" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F661" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H661" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>406</v>
+        <v>543</v>
       </c>
       <c r="D662" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E662" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F662" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H662" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D663" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E663" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F663" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H663" t="s">
-        <v>1462</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>1463</v>
+        <v>414</v>
       </c>
       <c r="D664" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E664" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F664" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H664" t="s">
-        <v>1464</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>1380</v>
+        <v>1373</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>1465</v>
+        <v>417</v>
       </c>
       <c r="D665" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E665" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F665" t="s">
-        <v>60</v>
+        <v>333</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H665" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>1463</v>
+        <v>1375</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>1467</v>
+        <v>420</v>
       </c>
       <c r="D666" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E666" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F666" t="s">
-        <v>60</v>
+        <v>333</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H666" t="s">
-        <v>1468</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>1465</v>
+        <v>1377</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>1469</v>
+        <v>423</v>
       </c>
       <c r="D667" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E667" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F667" t="s">
-        <v>60</v>
+        <v>333</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H667" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>1467</v>
+        <v>1379</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>1471</v>
+        <v>426</v>
       </c>
       <c r="D668" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E668" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F668" t="s">
-        <v>60</v>
+        <v>333</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H668" t="s">
-        <v>1472</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>1469</v>
+        <v>1381</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="D669" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E669" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F669" t="s">
-        <v>60</v>
+        <v>333</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H669" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>1471</v>
+        <v>1397</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="D670" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E670" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F670" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H670" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="D671" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E671" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F671" t="s">
-        <v>285</v>
+        <v>78</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H671" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="D672" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E672" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F672" t="s">
-        <v>285</v>
+        <v>78</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H672" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="D673" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E673" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F673" t="s">
-        <v>285</v>
+        <v>78</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H673" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="D674" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E674" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F674" t="s">
-        <v>285</v>
+        <v>78</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H674" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
       <c r="D675" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E675" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F675" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H675" t="s">
-        <v>1486</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>1487</v>
+        <v>1494</v>
       </c>
       <c r="D676" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E676" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F676" t="s">
-        <v>19</v>
+        <v>302</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H676" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="D677" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E677" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F677" t="s">
-        <v>19</v>
+        <v>302</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H677" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>1487</v>
+        <v>1494</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="D678" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E678" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F678" t="s">
-        <v>19</v>
+        <v>302</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H678" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="D679" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E679" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F679" t="s">
-        <v>128</v>
+        <v>302</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H679" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="D680" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E680" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F680" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H680" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>412</v>
+        <v>1504</v>
       </c>
       <c r="D681" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E681" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F681" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H681" t="s">
-        <v>1497</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>415</v>
+        <v>1506</v>
       </c>
       <c r="D682" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E682" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F682" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H682" t="s">
-        <v>1498</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>418</v>
+        <v>1508</v>
       </c>
       <c r="D683" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E683" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F683" t="s">
-        <v>257</v>
+        <v>42</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H683" t="s">
-        <v>1500</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>421</v>
+        <v>1510</v>
       </c>
       <c r="D684" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E684" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F684" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H684" t="s">
-        <v>1502</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>424</v>
+        <v>1512</v>
       </c>
       <c r="D685" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E685" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F685" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H685" t="s">
-        <v>1504</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D686" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E686" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F686" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H686" t="s">
-        <v>1506</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D687" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E687" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F687" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H687" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D688" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E688" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F688" t="s">
-        <v>35</v>
+        <v>274</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H688" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>1512</v>
+        <v>438</v>
       </c>
       <c r="D689" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E689" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F689" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H689" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>343</v>
+        <v>441</v>
       </c>
       <c r="D690" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E690" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F690" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H690" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>346</v>
+        <v>444</v>
       </c>
       <c r="D691" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E691" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F691" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H691" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>349</v>
+        <v>447</v>
       </c>
       <c r="D692" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E692" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F692" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H692" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>352</v>
+        <v>450</v>
       </c>
       <c r="D693" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E693" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F693" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H693" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>355</v>
+        <v>1529</v>
       </c>
       <c r="D694" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E694" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F694" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H694" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>1524</v>
+        <v>1531</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D695" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E695" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F695" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H695" t="s">
-        <v>1525</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D696" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E696" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F696" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H696" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D697" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E697" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F697" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H697" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D698" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E698" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F698" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H698" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D699" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E699" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F699" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H699" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D700" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E700" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F700" t="s">
-        <v>128</v>
+        <v>673</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H700" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D701" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E701" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F701" t="s">
-        <v>35</v>
+        <v>673</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H701" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>10</v>
+        <v>381</v>
       </c>
       <c r="D702" t="s">
-        <v>1539</v>
+        <v>40</v>
       </c>
       <c r="E702" t="s">
-        <v>1540</v>
+        <v>41</v>
       </c>
       <c r="F702" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H702" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>297</v>
+        <v>1547</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>103</v>
+        <v>384</v>
       </c>
       <c r="D703" t="s">
-        <v>1542</v>
+        <v>40</v>
       </c>
       <c r="E703" t="s">
-        <v>1543</v>
+        <v>41</v>
       </c>
       <c r="F703" t="s">
-        <v>182</v>
+        <v>146</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H703" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>395</v>
+        <v>1549</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>106</v>
+        <v>387</v>
       </c>
       <c r="D704" t="s">
-        <v>1542</v>
+        <v>40</v>
       </c>
       <c r="E704" t="s">
-        <v>1543</v>
+        <v>41</v>
       </c>
       <c r="F704" t="s">
-        <v>182</v>
+        <v>146</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H704" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>1149</v>
+        <v>1551</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>109</v>
+        <v>390</v>
       </c>
       <c r="D705" t="s">
-        <v>1542</v>
+        <v>40</v>
       </c>
       <c r="E705" t="s">
-        <v>1543</v>
+        <v>41</v>
       </c>
       <c r="F705" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H705" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>112</v>
+        <v>393</v>
       </c>
       <c r="D706" t="s">
-        <v>1542</v>
+        <v>40</v>
       </c>
       <c r="E706" t="s">
-        <v>1543</v>
+        <v>41</v>
       </c>
       <c r="F706" t="s">
-        <v>656</v>
+        <v>54</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H706" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>341</v>
+        <v>1555</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>942</v>
+        <v>396</v>
       </c>
       <c r="D707" t="s">
-        <v>1549</v>
+        <v>40</v>
       </c>
       <c r="E707" t="s">
-        <v>1550</v>
+        <v>41</v>
       </c>
       <c r="F707" t="s">
-        <v>1551</v>
+        <v>78</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>1552</v>
+        <v>37</v>
       </c>
       <c r="H707" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>1555</v>
+        <v>400</v>
       </c>
       <c r="D708" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E708" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F708" t="s">
-        <v>182</v>
+        <v>78</v>
       </c>
       <c r="G708" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H708" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B709" t="s">
+        <v>9</v>
+      </c>
+      <c r="C709" t="s">
+        <v>403</v>
+      </c>
+      <c r="D709" t="s">
+        <v>40</v>
+      </c>
+      <c r="E709" t="s">
+        <v>41</v>
+      </c>
+      <c r="F709" t="s">
+        <v>78</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H709" t="s">
         <v>1560</v>
-      </c>
-[...19 lines deleted...]
-        <v>1563</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>1565</v>
+        <v>405</v>
       </c>
       <c r="D710" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E710" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F710" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>1566</v>
+        <v>37</v>
       </c>
       <c r="H710" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>192</v>
+        <v>1563</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="D711" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E711" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F711" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>1569</v>
+        <v>37</v>
       </c>
       <c r="H711" t="s">
-        <v>1570</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>199</v>
+        <v>1566</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>1571</v>
+        <v>408</v>
       </c>
       <c r="D712" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E712" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F712" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>1572</v>
+        <v>37</v>
       </c>
       <c r="H712" t="s">
-        <v>1573</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>335</v>
+        <v>1568</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>1574</v>
+        <v>1516</v>
       </c>
       <c r="D713" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E713" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F713" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>1575</v>
+        <v>37</v>
       </c>
       <c r="H713" t="s">
-        <v>1576</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>294</v>
+        <v>1570</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>1577</v>
+        <v>1571</v>
       </c>
       <c r="D714" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E714" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F714" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>1578</v>
+        <v>37</v>
       </c>
       <c r="H714" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>459</v>
+        <v>1573</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>1579</v>
+        <v>1574</v>
       </c>
       <c r="D715" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E715" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F715" t="s">
-        <v>257</v>
+        <v>146</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>1580</v>
+        <v>37</v>
       </c>
       <c r="H715" t="s">
-        <v>1581</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>1029</v>
+        <v>1576</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="D716" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E716" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F716" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>1583</v>
+        <v>37</v>
       </c>
       <c r="H716" t="s">
-        <v>1584</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>1165</v>
+        <v>1579</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>1585</v>
+        <v>1580</v>
       </c>
       <c r="D717" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E717" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F717" t="s">
-        <v>150</v>
+        <v>337</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>1586</v>
+        <v>37</v>
       </c>
       <c r="H717" t="s">
-        <v>1587</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>1167</v>
+        <v>1582</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>1588</v>
+        <v>211</v>
       </c>
       <c r="D718" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E718" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F718" t="s">
-        <v>13</v>
+        <v>452</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>1589</v>
+        <v>37</v>
       </c>
       <c r="H718" t="s">
-        <v>1590</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>1169</v>
+        <v>1584</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>1591</v>
+        <v>215</v>
       </c>
       <c r="D719" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E719" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F719" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>1592</v>
+        <v>37</v>
       </c>
       <c r="H719" t="s">
-        <v>1593</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>1179</v>
+        <v>1586</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>1594</v>
+        <v>218</v>
       </c>
       <c r="D720" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E720" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F720" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>1595</v>
+        <v>37</v>
       </c>
       <c r="H720" t="s">
-        <v>1596</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>1181</v>
+        <v>1588</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>1597</v>
+        <v>221</v>
       </c>
       <c r="D721" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E721" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F721" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>1598</v>
+        <v>37</v>
       </c>
       <c r="H721" t="s">
-        <v>1599</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>1388</v>
+        <v>1590</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>1600</v>
+        <v>224</v>
       </c>
       <c r="D722" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E722" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F722" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>1601</v>
+        <v>37</v>
       </c>
       <c r="H722" t="s">
-        <v>1602</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>1390</v>
+        <v>1592</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>1603</v>
+        <v>227</v>
       </c>
       <c r="D723" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E723" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F723" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>1604</v>
+        <v>37</v>
       </c>
       <c r="H723" t="s">
-        <v>1605</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>1512</v>
+        <v>1594</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>1606</v>
+        <v>230</v>
       </c>
       <c r="D724" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E724" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F724" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>1607</v>
+        <v>37</v>
       </c>
       <c r="H724" t="s">
-        <v>1608</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>1609</v>
+        <v>1596</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>1610</v>
+        <v>233</v>
       </c>
       <c r="D725" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E725" t="s">
-        <v>1557</v>
+        <v>41</v>
+      </c>
+      <c r="F725" t="s">
+        <v>213</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H725" t="s">
-        <v>1611</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>1612</v>
+        <v>1598</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>1613</v>
+        <v>236</v>
       </c>
       <c r="D726" t="s">
-        <v>1556</v>
+        <v>40</v>
       </c>
       <c r="E726" t="s">
-        <v>1557</v>
+        <v>41</v>
       </c>
       <c r="F726" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>1614</v>
+        <v>37</v>
       </c>
       <c r="H726" t="s">
-        <v>1615</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>1616</v>
+        <v>1600</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>66</v>
+        <v>239</v>
       </c>
       <c r="D727" t="s">
-        <v>1617</v>
+        <v>40</v>
       </c>
       <c r="E727" t="s">
-        <v>1618</v>
+        <v>41</v>
       </c>
       <c r="F727" t="s">
-        <v>656</v>
+        <v>213</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H727" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>196</v>
+        <v>1602</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>1568</v>
+        <v>242</v>
       </c>
       <c r="D728" t="s">
-        <v>1617</v>
+        <v>40</v>
       </c>
       <c r="E728" t="s">
-        <v>1618</v>
+        <v>41</v>
       </c>
       <c r="F728" t="s">
-        <v>1620</v>
+        <v>213</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H728" t="s">
-        <v>1621</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>1394</v>
+        <v>1604</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>10</v>
+        <v>245</v>
       </c>
       <c r="D729" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E729" t="s">
-        <v>1623</v>
+        <v>41</v>
+      </c>
+      <c r="F729" t="s">
+        <v>213</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H729" t="s">
-        <v>1624</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>1396</v>
+        <v>1606</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>22</v>
+        <v>248</v>
       </c>
       <c r="D730" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E730" t="s">
-        <v>1623</v>
+        <v>41</v>
+      </c>
+      <c r="F730" t="s">
+        <v>213</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H730" t="s">
-        <v>1625</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>462</v>
+        <v>1608</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>31</v>
+        <v>251</v>
       </c>
       <c r="D731" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E731" t="s">
-        <v>1623</v>
+        <v>41</v>
+      </c>
+      <c r="F731" t="s">
+        <v>213</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H731" t="s">
-        <v>1626</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>465</v>
+        <v>1610</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>34</v>
+        <v>254</v>
       </c>
       <c r="D732" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E732" t="s">
-        <v>1623</v>
+        <v>41</v>
+      </c>
+      <c r="F732" t="s">
+        <v>213</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H732" t="s">
-        <v>1627</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>468</v>
+        <v>1612</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>38</v>
+        <v>257</v>
       </c>
       <c r="D733" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E733" t="s">
-        <v>1623</v>
+        <v>41</v>
+      </c>
+      <c r="F733" t="s">
+        <v>213</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H733" t="s">
-        <v>1628</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>326</v>
+        <v>1614</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>1574</v>
+        <v>260</v>
       </c>
       <c r="D734" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E734" t="s">
-        <v>1623</v>
+        <v>41</v>
       </c>
       <c r="F734" t="s">
-        <v>1620</v>
+        <v>213</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H734" t="s">
-        <v>1629</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>332</v>
+        <v>1616</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>1577</v>
+        <v>263</v>
       </c>
       <c r="D735" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E735" t="s">
-        <v>1623</v>
+        <v>41</v>
       </c>
       <c r="F735" t="s">
-        <v>1620</v>
+        <v>213</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H735" t="s">
-        <v>1630</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>1631</v>
+        <v>1618</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>1579</v>
+        <v>266</v>
       </c>
       <c r="D736" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E736" t="s">
-        <v>1623</v>
+        <v>41</v>
+      </c>
+      <c r="F736" t="s">
+        <v>54</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H736" t="s">
-        <v>1632</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>1633</v>
+        <v>1620</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>1582</v>
+        <v>269</v>
       </c>
       <c r="D737" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E737" t="s">
-        <v>1623</v>
+        <v>41</v>
+      </c>
+      <c r="F737" t="s">
+        <v>54</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H737" t="s">
-        <v>1634</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>202</v>
+        <v>1622</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>1585</v>
+        <v>272</v>
       </c>
       <c r="D738" t="s">
-        <v>1622</v>
+        <v>40</v>
       </c>
       <c r="E738" t="s">
+        <v>41</v>
+      </c>
+      <c r="F738" t="s">
+        <v>54</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H738" t="s">
         <v>1623</v>
-      </c>
-[...7 lines deleted...]
-        <v>1635</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>300</v>
+        <v>1624</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>10</v>
+        <v>276</v>
       </c>
       <c r="D739" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E739" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F739" t="s">
+        <v>146</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H739" t="s">
-        <v>1638</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>303</v>
+        <v>1626</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>22</v>
+        <v>279</v>
       </c>
       <c r="D740" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E740" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F740" t="s">
+        <v>146</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H740" t="s">
-        <v>1639</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>312</v>
+        <v>1628</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>25</v>
+        <v>282</v>
       </c>
       <c r="D741" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E741" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F741" t="s">
+        <v>146</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H741" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>315</v>
+        <v>1630</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>28</v>
+        <v>285</v>
       </c>
       <c r="D742" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E742" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F742" t="s">
+        <v>78</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H742" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>319</v>
+        <v>1632</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>31</v>
+        <v>288</v>
       </c>
       <c r="D743" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E743" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F743" t="s">
+        <v>78</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H743" t="s">
-        <v>1642</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>323</v>
+        <v>1634</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>34</v>
+        <v>291</v>
       </c>
       <c r="D744" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E744" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F744" t="s">
+        <v>274</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H744" t="s">
-        <v>1643</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>516</v>
+        <v>1636</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>38</v>
+        <v>294</v>
       </c>
       <c r="D745" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E745" t="s">
+        <v>41</v>
+      </c>
+      <c r="F745" t="s">
+        <v>54</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H745" t="s">
         <v>1637</v>
-      </c>
-[...7 lines deleted...]
-        <v>1644</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>513</v>
+        <v>1638</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>41</v>
+        <v>297</v>
       </c>
       <c r="D746" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E746" t="s">
-        <v>1637</v>
+        <v>41</v>
       </c>
       <c r="F746" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H746" t="s">
-        <v>1645</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>1151</v>
+        <v>1640</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>44</v>
+        <v>300</v>
       </c>
       <c r="D747" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E747" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F747" t="s">
+        <v>54</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H747" t="s">
-        <v>1646</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>1153</v>
+        <v>1642</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>47</v>
+        <v>304</v>
       </c>
       <c r="D748" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E748" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F748" t="s">
+        <v>146</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H748" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>1157</v>
+        <v>1644</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>50</v>
+        <v>307</v>
       </c>
       <c r="D749" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E749" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F749" t="s">
+        <v>18</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H749" t="s">
-        <v>1648</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>1163</v>
+        <v>1646</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>53</v>
+        <v>310</v>
       </c>
       <c r="D750" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E750" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F750" t="s">
+        <v>18</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H750" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>1173</v>
+        <v>1648</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>56</v>
+        <v>313</v>
       </c>
       <c r="D751" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E751" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F751" t="s">
+        <v>23</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H751" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>1175</v>
+        <v>1650</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>59</v>
+        <v>316</v>
       </c>
       <c r="D752" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E752" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F752" t="s">
+        <v>42</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H752" t="s">
         <v>1651</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>1177</v>
+        <v>1652</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>63</v>
+        <v>319</v>
       </c>
       <c r="D753" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E753" t="s">
-        <v>1637</v>
+        <v>41</v>
       </c>
       <c r="F753" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H753" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>1392</v>
+        <v>1654</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>66</v>
+        <v>322</v>
       </c>
       <c r="D754" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E754" t="s">
-        <v>1637</v>
+        <v>41</v>
       </c>
       <c r="F754" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H754" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>69</v>
+        <v>325</v>
       </c>
       <c r="D755" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E755" t="s">
-        <v>1637</v>
+        <v>41</v>
       </c>
       <c r="F755" t="s">
-        <v>320</v>
+        <v>673</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H755" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>72</v>
+        <v>331</v>
       </c>
       <c r="D756" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E756" t="s">
-        <v>1637</v>
+        <v>41</v>
       </c>
       <c r="F756" t="s">
-        <v>13</v>
+        <v>673</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H756" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>75</v>
+        <v>335</v>
       </c>
       <c r="D757" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E757" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F757" t="s">
+        <v>23</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H757" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>78</v>
+        <v>339</v>
       </c>
       <c r="D758" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E758" t="s">
-        <v>1637</v>
+        <v>41</v>
       </c>
       <c r="F758" t="s">
-        <v>320</v>
+        <v>146</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H758" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>81</v>
+        <v>342</v>
       </c>
       <c r="D759" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E759" t="s">
-        <v>1637</v>
+        <v>41</v>
       </c>
       <c r="F759" t="s">
-        <v>316</v>
+        <v>54</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H759" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>84</v>
+        <v>345</v>
       </c>
       <c r="D760" t="s">
-        <v>1636</v>
+        <v>40</v>
       </c>
       <c r="E760" t="s">
-        <v>1637</v>
+        <v>41</v>
+      </c>
+      <c r="F760" t="s">
+        <v>398</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H760" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>306</v>
+        <v>1668</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>1666</v>
+        <v>348</v>
       </c>
       <c r="D761" t="s">
-        <v>1667</v>
+        <v>40</v>
       </c>
       <c r="E761" t="s">
-        <v>1668</v>
+        <v>41</v>
       </c>
       <c r="F761" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G761" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H761" t="s">
         <v>1669</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>309</v>
+        <v>1670</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>1670</v>
+        <v>351</v>
       </c>
       <c r="D762" t="s">
-        <v>1667</v>
+        <v>40</v>
       </c>
       <c r="E762" t="s">
-        <v>1668</v>
+        <v>41</v>
       </c>
       <c r="F762" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G762" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H762" t="s">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>398</v>
+        <v>1672</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
+        <v>354</v>
+      </c>
+      <c r="D763" t="s">
+        <v>40</v>
+      </c>
+      <c r="E763" t="s">
+        <v>41</v>
+      </c>
+      <c r="F763" t="s">
+        <v>42</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H763" t="s">
         <v>1673</v>
-      </c>
-[...13 lines deleted...]
-        <v>1675</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>401</v>
+        <v>1674</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>1676</v>
+        <v>357</v>
       </c>
       <c r="D764" t="s">
-        <v>1667</v>
+        <v>40</v>
       </c>
       <c r="E764" t="s">
-        <v>1668</v>
+        <v>41</v>
       </c>
       <c r="F764" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>1677</v>
+        <v>37</v>
       </c>
       <c r="H764" t="s">
-        <v>1678</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>1171</v>
+        <v>1676</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>989</v>
+        <v>328</v>
       </c>
       <c r="D765" t="s">
+        <v>40</v>
+      </c>
+      <c r="E765" t="s">
+        <v>41</v>
+      </c>
+      <c r="F765" t="s">
+        <v>146</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H765" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>203</v>
+      </c>
+      <c r="D766" t="s">
+        <v>40</v>
+      </c>
+      <c r="E766" t="s">
+        <v>41</v>
+      </c>
+      <c r="F766" t="s">
+        <v>146</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H766" t="s">
         <v>1679</v>
       </c>
-      <c r="E765" t="s">
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" t="s">
         <v>1680</v>
       </c>
-      <c r="F765" t="s">
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>114</v>
+      </c>
+      <c r="D767" t="s">
+        <v>40</v>
+      </c>
+      <c r="E767" t="s">
+        <v>41</v>
+      </c>
+      <c r="F767" t="s">
+        <v>146</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H767" t="s">
         <v>1681</v>
       </c>
-      <c r="G765" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H765" t="s">
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" t="s">
         <v>1682</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>117</v>
+      </c>
+      <c r="D768" t="s">
+        <v>40</v>
+      </c>
+      <c r="E768" t="s">
+        <v>41</v>
+      </c>
+      <c r="F768" t="s">
+        <v>146</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H768" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>120</v>
+      </c>
+      <c r="D769" t="s">
+        <v>40</v>
+      </c>
+      <c r="E769" t="s">
+        <v>41</v>
+      </c>
+      <c r="F769" t="s">
+        <v>54</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H769" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>123</v>
+      </c>
+      <c r="D770" t="s">
+        <v>40</v>
+      </c>
+      <c r="E770" t="s">
+        <v>41</v>
+      </c>
+      <c r="F770" t="s">
+        <v>54</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H770" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>126</v>
+      </c>
+      <c r="D771" t="s">
+        <v>40</v>
+      </c>
+      <c r="E771" t="s">
+        <v>41</v>
+      </c>
+      <c r="F771" t="s">
+        <v>54</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H771" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>129</v>
+      </c>
+      <c r="D772" t="s">
+        <v>40</v>
+      </c>
+      <c r="E772" t="s">
+        <v>41</v>
+      </c>
+      <c r="F772" t="s">
+        <v>337</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H772" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>132</v>
+      </c>
+      <c r="D773" t="s">
+        <v>40</v>
+      </c>
+      <c r="E773" t="s">
+        <v>41</v>
+      </c>
+      <c r="F773" t="s">
+        <v>337</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H773" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>135</v>
+      </c>
+      <c r="D774" t="s">
+        <v>40</v>
+      </c>
+      <c r="E774" t="s">
+        <v>41</v>
+      </c>
+      <c r="F774" t="s">
+        <v>337</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H774" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>138</v>
+      </c>
+      <c r="D775" t="s">
+        <v>40</v>
+      </c>
+      <c r="E775" t="s">
+        <v>41</v>
+      </c>
+      <c r="F775" t="s">
+        <v>337</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H775" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>141</v>
+      </c>
+      <c r="D776" t="s">
+        <v>40</v>
+      </c>
+      <c r="E776" t="s">
+        <v>41</v>
+      </c>
+      <c r="F776" t="s">
+        <v>337</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H776" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>144</v>
+      </c>
+      <c r="D777" t="s">
+        <v>40</v>
+      </c>
+      <c r="E777" t="s">
+        <v>41</v>
+      </c>
+      <c r="F777" t="s">
+        <v>333</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H777" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>148</v>
+      </c>
+      <c r="D778" t="s">
+        <v>40</v>
+      </c>
+      <c r="E778" t="s">
+        <v>41</v>
+      </c>
+      <c r="F778" t="s">
+        <v>333</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H778" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>151</v>
+      </c>
+      <c r="D779" t="s">
+        <v>40</v>
+      </c>
+      <c r="E779" t="s">
+        <v>41</v>
+      </c>
+      <c r="F779" t="s">
+        <v>333</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H779" t="s">
+        <v>1705</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>154</v>
+      </c>
+      <c r="D780" t="s">
+        <v>40</v>
+      </c>
+      <c r="E780" t="s">
+        <v>41</v>
+      </c>
+      <c r="F780" t="s">
+        <v>333</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H780" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D781" t="s">
+        <v>40</v>
+      </c>
+      <c r="E781" t="s">
+        <v>41</v>
+      </c>
+      <c r="F781" t="s">
+        <v>274</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H781" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>157</v>
+      </c>
+      <c r="D782" t="s">
+        <v>40</v>
+      </c>
+      <c r="E782" t="s">
+        <v>41</v>
+      </c>
+      <c r="F782" t="s">
+        <v>54</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H782" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>160</v>
+      </c>
+      <c r="D783" t="s">
+        <v>40</v>
+      </c>
+      <c r="E783" t="s">
+        <v>41</v>
+      </c>
+      <c r="F783" t="s">
+        <v>54</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H783" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>163</v>
+      </c>
+      <c r="D784" t="s">
+        <v>40</v>
+      </c>
+      <c r="E784" t="s">
+        <v>41</v>
+      </c>
+      <c r="F784" t="s">
+        <v>23</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H784" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>166</v>
+      </c>
+      <c r="D785" t="s">
+        <v>40</v>
+      </c>
+      <c r="E785" t="s">
+        <v>41</v>
+      </c>
+      <c r="F785" t="s">
+        <v>23</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H785" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>169</v>
+      </c>
+      <c r="D786" t="s">
+        <v>40</v>
+      </c>
+      <c r="E786" t="s">
+        <v>41</v>
+      </c>
+      <c r="F786" t="s">
+        <v>23</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H786" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D787" t="s">
+        <v>40</v>
+      </c>
+      <c r="E787" t="s">
+        <v>41</v>
+      </c>
+      <c r="F787" t="s">
+        <v>23</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H787" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>172</v>
+      </c>
+      <c r="D788" t="s">
+        <v>40</v>
+      </c>
+      <c r="E788" t="s">
+        <v>41</v>
+      </c>
+      <c r="F788" t="s">
+        <v>23</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H788" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>175</v>
+      </c>
+      <c r="D789" t="s">
+        <v>40</v>
+      </c>
+      <c r="E789" t="s">
+        <v>41</v>
+      </c>
+      <c r="F789" t="s">
+        <v>23</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H789" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>178</v>
+      </c>
+      <c r="D790" t="s">
+        <v>40</v>
+      </c>
+      <c r="E790" t="s">
+        <v>41</v>
+      </c>
+      <c r="F790" t="s">
+        <v>23</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H790" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>181</v>
+      </c>
+      <c r="D791" t="s">
+        <v>40</v>
+      </c>
+      <c r="E791" t="s">
+        <v>41</v>
+      </c>
+      <c r="F791" t="s">
+        <v>23</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H791" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>184</v>
+      </c>
+      <c r="D792" t="s">
+        <v>40</v>
+      </c>
+      <c r="E792" t="s">
+        <v>41</v>
+      </c>
+      <c r="F792" t="s">
+        <v>54</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H792" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B793" t="s">
+        <v>9</v>
+      </c>
+      <c r="C793" t="s">
+        <v>187</v>
+      </c>
+      <c r="D793" t="s">
+        <v>40</v>
+      </c>
+      <c r="E793" t="s">
+        <v>41</v>
+      </c>
+      <c r="F793" t="s">
+        <v>42</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H793" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B794" t="s">
+        <v>9</v>
+      </c>
+      <c r="C794" t="s">
+        <v>190</v>
+      </c>
+      <c r="D794" t="s">
+        <v>40</v>
+      </c>
+      <c r="E794" t="s">
+        <v>41</v>
+      </c>
+      <c r="F794" t="s">
+        <v>42</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H794" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>194</v>
+      </c>
+      <c r="D795" t="s">
+        <v>40</v>
+      </c>
+      <c r="E795" t="s">
+        <v>41</v>
+      </c>
+      <c r="F795" t="s">
+        <v>42</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H795" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D796" t="s">
+        <v>40</v>
+      </c>
+      <c r="E796" t="s">
+        <v>41</v>
+      </c>
+      <c r="F796" t="s">
+        <v>398</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H796" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D797" t="s">
+        <v>40</v>
+      </c>
+      <c r="E797" t="s">
+        <v>41</v>
+      </c>
+      <c r="F797" t="s">
+        <v>54</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H797" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B798" t="s">
+        <v>9</v>
+      </c>
+      <c r="C798" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D798" t="s">
+        <v>40</v>
+      </c>
+      <c r="E798" t="s">
+        <v>41</v>
+      </c>
+      <c r="F798" t="s">
+        <v>146</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H798" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D799" t="s">
+        <v>40</v>
+      </c>
+      <c r="E799" t="s">
+        <v>41</v>
+      </c>
+      <c r="F799" t="s">
+        <v>146</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H799" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="800" spans="1:8">
+      <c r="A800" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B800" t="s">
+        <v>9</v>
+      </c>
+      <c r="C800" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D800" t="s">
+        <v>40</v>
+      </c>
+      <c r="E800" t="s">
+        <v>41</v>
+      </c>
+      <c r="F800" t="s">
+        <v>146</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H800" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="801" spans="1:8">
+      <c r="A801" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B801" t="s">
+        <v>9</v>
+      </c>
+      <c r="C801" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D801" t="s">
+        <v>40</v>
+      </c>
+      <c r="E801" t="s">
+        <v>41</v>
+      </c>
+      <c r="F801" t="s">
+        <v>333</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H801" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="802" spans="1:8">
+      <c r="A802" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B802" t="s">
+        <v>9</v>
+      </c>
+      <c r="C802" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D802" t="s">
+        <v>40</v>
+      </c>
+      <c r="E802" t="s">
+        <v>41</v>
+      </c>
+      <c r="F802" t="s">
+        <v>333</v>
+      </c>
+      <c r="G802" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H802" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="803" spans="1:8">
+      <c r="A803" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B803" t="s">
+        <v>9</v>
+      </c>
+      <c r="C803" t="s">
+        <v>10</v>
+      </c>
+      <c r="D803" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E803" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F803" t="s">
+        <v>13</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H803" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="804" spans="1:8">
+      <c r="A804" t="s">
+        <v>314</v>
+      </c>
+      <c r="B804" t="s">
+        <v>9</v>
+      </c>
+      <c r="C804" t="s">
+        <v>121</v>
+      </c>
+      <c r="D804" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E804" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F804" t="s">
+        <v>23</v>
+      </c>
+      <c r="G804" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H804" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="805" spans="1:8">
+      <c r="A805" t="s">
+        <v>412</v>
+      </c>
+      <c r="B805" t="s">
+        <v>9</v>
+      </c>
+      <c r="C805" t="s">
+        <v>124</v>
+      </c>
+      <c r="D805" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E805" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F805" t="s">
+        <v>23</v>
+      </c>
+      <c r="G805" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H805" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="806" spans="1:8">
+      <c r="A806" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B806" t="s">
+        <v>9</v>
+      </c>
+      <c r="C806" t="s">
+        <v>127</v>
+      </c>
+      <c r="D806" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E806" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F806" t="s">
+        <v>18</v>
+      </c>
+      <c r="G806" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H806" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="807" spans="1:8">
+      <c r="A807" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B807" t="s">
+        <v>9</v>
+      </c>
+      <c r="C807" t="s">
+        <v>130</v>
+      </c>
+      <c r="D807" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E807" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F807" t="s">
+        <v>673</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H807" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="808" spans="1:8">
+      <c r="A808" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B808" t="s">
+        <v>9</v>
+      </c>
+      <c r="C808" t="s">
+        <v>133</v>
+      </c>
+      <c r="D808" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E808" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F808" t="s">
+        <v>452</v>
+      </c>
+      <c r="G808" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H808" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="809" spans="1:8">
+      <c r="A809" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B809" t="s">
+        <v>9</v>
+      </c>
+      <c r="C809" t="s">
+        <v>136</v>
+      </c>
+      <c r="D809" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E809" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F809" t="s">
+        <v>23</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H809" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="810" spans="1:8">
+      <c r="A810" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>139</v>
+      </c>
+      <c r="D810" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E810" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F810" t="s">
+        <v>23</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H810" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="811" spans="1:8">
+      <c r="A811" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B811" t="s">
+        <v>9</v>
+      </c>
+      <c r="C811" t="s">
+        <v>142</v>
+      </c>
+      <c r="D811" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E811" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F811" t="s">
+        <v>23</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H811" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="812" spans="1:8">
+      <c r="A812" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>145</v>
+      </c>
+      <c r="D812" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E812" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F812" t="s">
+        <v>274</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H812" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="813" spans="1:8">
+      <c r="A813" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B813" t="s">
+        <v>9</v>
+      </c>
+      <c r="C813" t="s">
+        <v>149</v>
+      </c>
+      <c r="D813" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E813" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F813" t="s">
+        <v>452</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H813" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="814" spans="1:8">
+      <c r="A814" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B814" t="s">
+        <v>9</v>
+      </c>
+      <c r="C814" t="s">
+        <v>152</v>
+      </c>
+      <c r="D814" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E814" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F814" t="s">
+        <v>452</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H814" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="815" spans="1:8">
+      <c r="A815" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B815" t="s">
+        <v>9</v>
+      </c>
+      <c r="C815" t="s">
+        <v>944</v>
+      </c>
+      <c r="D815" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E815" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H815" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="816" spans="1:8">
+      <c r="A816" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B816" t="s">
+        <v>9</v>
+      </c>
+      <c r="C816" t="s">
+        <v>947</v>
+      </c>
+      <c r="D816" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E816" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G816" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H816" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="817" spans="1:8">
+      <c r="A817" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B817" t="s">
+        <v>9</v>
+      </c>
+      <c r="C817" t="s">
+        <v>950</v>
+      </c>
+      <c r="D817" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E817" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G817" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="H817" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="818" spans="1:8">
+      <c r="A818" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B818" t="s">
+        <v>9</v>
+      </c>
+      <c r="C818" t="s">
+        <v>953</v>
+      </c>
+      <c r="D818" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E818" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G818" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H818" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="819" spans="1:8">
+      <c r="A819" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B819" t="s">
+        <v>9</v>
+      </c>
+      <c r="C819" t="s">
+        <v>956</v>
+      </c>
+      <c r="D819" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E819" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H819" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="820" spans="1:8">
+      <c r="A820" t="s">
+        <v>358</v>
+      </c>
+      <c r="B820" t="s">
+        <v>9</v>
+      </c>
+      <c r="C820" t="s">
+        <v>959</v>
+      </c>
+      <c r="D820" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E820" t="s">
+        <v>1788</v>
+      </c>
+      <c r="F820" t="s">
+        <v>1803</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H820" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B821" t="s">
+        <v>9</v>
+      </c>
+      <c r="C821" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D821" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E821" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H821" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B822" t="s">
+        <v>9</v>
+      </c>
+      <c r="C822" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D822" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E822" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H822" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B823" t="s">
+        <v>9</v>
+      </c>
+      <c r="C823" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D823" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E823" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F823" t="s">
+        <v>13</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H823" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B824" t="s">
+        <v>9</v>
+      </c>
+      <c r="C824" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D824" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E824" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F824" t="s">
+        <v>13</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H824" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B825" t="s">
+        <v>9</v>
+      </c>
+      <c r="C825" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D825" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E825" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F825" t="s">
+        <v>13</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H825" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B826" t="s">
+        <v>9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D826" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E826" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F826" t="s">
+        <v>13</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H826" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B827" t="s">
+        <v>9</v>
+      </c>
+      <c r="C827" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D827" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E827" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F827" t="s">
+        <v>13</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H827" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B828" t="s">
+        <v>9</v>
+      </c>
+      <c r="C828" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D828" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E828" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F828" t="s">
+        <v>23</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H828" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D829" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E829" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H829" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B830" t="s">
+        <v>9</v>
+      </c>
+      <c r="C830" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D830" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E830" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F830" t="s">
+        <v>452</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H830" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B831" t="s">
+        <v>9</v>
+      </c>
+      <c r="C831" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D831" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E831" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F831" t="s">
+        <v>274</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H831" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B832" t="s">
+        <v>9</v>
+      </c>
+      <c r="C832" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D832" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E832" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F832" t="s">
+        <v>337</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H832" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D833" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E833" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H833" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B834" t="s">
+        <v>9</v>
+      </c>
+      <c r="C834" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D834" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E834" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F834" t="s">
+        <v>13</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H834" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D835" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E835" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F835" t="s">
+        <v>13</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H835" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D836" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E836" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H836" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D837" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E837" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H837" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D838" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E838" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F838" t="s">
+        <v>452</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H838" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="839" spans="1:8">
+      <c r="A839" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B839" t="s">
+        <v>9</v>
+      </c>
+      <c r="C839" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D839" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E839" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F839" t="s">
+        <v>213</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H839" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="840" spans="1:8">
+      <c r="A840" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B840" t="s">
+        <v>9</v>
+      </c>
+      <c r="C840" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D840" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E840" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F840" t="s">
+        <v>13</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H840" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="841" spans="1:8">
+      <c r="A841" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B841" t="s">
+        <v>9</v>
+      </c>
+      <c r="C841" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D841" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E841" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F841" t="s">
+        <v>13</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H841" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="842" spans="1:8">
+      <c r="A842" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B842" t="s">
+        <v>9</v>
+      </c>
+      <c r="C842" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D842" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E842" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F842" t="s">
+        <v>13</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H842" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="843" spans="1:8">
+      <c r="A843" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B843" t="s">
+        <v>9</v>
+      </c>
+      <c r="C843" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D843" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E843" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H843" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="844" spans="1:8">
+      <c r="A844" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B844" t="s">
+        <v>9</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D844" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E844" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F844" t="s">
+        <v>452</v>
+      </c>
+      <c r="G844" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H844" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="845" spans="1:8">
+      <c r="A845" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B845" t="s">
+        <v>9</v>
+      </c>
+      <c r="C845" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D845" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E845" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F845" t="s">
+        <v>13</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H845" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="846" spans="1:8">
+      <c r="A846" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B846" t="s">
+        <v>9</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D846" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E846" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G846" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="H846" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="847" spans="1:8">
+      <c r="A847" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B847" t="s">
+        <v>9</v>
+      </c>
+      <c r="C847" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D847" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E847" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F847" t="s">
+        <v>23</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H847" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="848" spans="1:8">
+      <c r="A848" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B848" t="s">
+        <v>9</v>
+      </c>
+      <c r="C848" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D848" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E848" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F848" t="s">
+        <v>23</v>
+      </c>
+      <c r="G848" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H848" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="849" spans="1:8">
+      <c r="A849" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B849" t="s">
+        <v>9</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D849" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E849" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F849" t="s">
+        <v>13</v>
+      </c>
+      <c r="G849" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H849" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="850" spans="1:8">
+      <c r="A850" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B850" t="s">
+        <v>9</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D850" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E850" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F850" t="s">
+        <v>23</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H850" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="851" spans="1:8">
+      <c r="A851" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B851" t="s">
+        <v>9</v>
+      </c>
+      <c r="C851" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D851" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E851" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F851" t="s">
+        <v>673</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H851" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="852" spans="1:8">
+      <c r="A852" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B852" t="s">
+        <v>9</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D852" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E852" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F852" t="s">
+        <v>23</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H852" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="853" spans="1:8">
+      <c r="A853" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B853" t="s">
+        <v>9</v>
+      </c>
+      <c r="C853" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D853" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E853" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F853" t="s">
+        <v>1925</v>
+      </c>
+      <c r="G853" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H853" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="854" spans="1:8">
+      <c r="A854" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B854" t="s">
+        <v>9</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D854" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E854" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F854" t="s">
+        <v>13</v>
+      </c>
+      <c r="G854" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="H854" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="855" spans="1:8">
+      <c r="A855" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B855" t="s">
+        <v>9</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D855" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E855" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F855" t="s">
+        <v>13</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H855" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="856" spans="1:8">
+      <c r="A856" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B856" t="s">
+        <v>9</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D856" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E856" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F856" t="s">
+        <v>13</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H856" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="857" spans="1:8">
+      <c r="A857" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B857" t="s">
+        <v>9</v>
+      </c>
+      <c r="C857" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D857" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E857" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F857" t="s">
+        <v>213</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="H857" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="858" spans="1:8">
+      <c r="A858" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B858" t="s">
+        <v>9</v>
+      </c>
+      <c r="C858" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D858" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E858" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F858" t="s">
+        <v>452</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H858" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="859" spans="1:8">
+      <c r="A859" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B859" t="s">
+        <v>9</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D859" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E859" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F859" t="s">
+        <v>13</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H859" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="860" spans="1:8">
+      <c r="A860" t="s">
+        <v>208</v>
+      </c>
+      <c r="B860" t="s">
+        <v>9</v>
+      </c>
+      <c r="C860" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D860" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E860" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F860" t="s">
+        <v>13</v>
+      </c>
+      <c r="G860" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H860" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="861" spans="1:8">
+      <c r="A861" t="s">
+        <v>216</v>
+      </c>
+      <c r="B861" t="s">
+        <v>9</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D861" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E861" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F861" t="s">
+        <v>13</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H861" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862" t="s">
+        <v>352</v>
+      </c>
+      <c r="B862" t="s">
+        <v>9</v>
+      </c>
+      <c r="C862" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D862" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E862" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F862" t="s">
+        <v>13</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H862" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D863" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E863" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F863" t="s">
+        <v>452</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H863" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864" t="s">
+        <v>311</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D864" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E864" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F864" t="s">
+        <v>13</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H864" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865" t="s">
+        <v>476</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D865" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E865" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F865" t="s">
+        <v>274</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H865" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B866" t="s">
+        <v>9</v>
+      </c>
+      <c r="C866" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D866" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E866" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F866" t="s">
+        <v>13</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H866" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B867" t="s">
+        <v>9</v>
+      </c>
+      <c r="C867" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D867" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E867" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F867" t="s">
+        <v>18</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H867" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D868" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E868" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F868" t="s">
+        <v>13</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H868" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B869" t="s">
+        <v>9</v>
+      </c>
+      <c r="C869" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D869" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E869" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F869" t="s">
+        <v>13</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H869" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B870" t="s">
+        <v>9</v>
+      </c>
+      <c r="C870" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D870" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E870" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F870" t="s">
+        <v>13</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H870" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B871" t="s">
+        <v>9</v>
+      </c>
+      <c r="C871" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D871" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E871" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F871" t="s">
+        <v>13</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H871" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B872" t="s">
+        <v>9</v>
+      </c>
+      <c r="C872" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D872" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E872" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F872" t="s">
+        <v>13</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H872" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B873" t="s">
+        <v>9</v>
+      </c>
+      <c r="C873" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D873" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E873" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F873" t="s">
+        <v>13</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H873" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="874" spans="1:8">
+      <c r="A874" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B874" t="s">
+        <v>9</v>
+      </c>
+      <c r="C874" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D874" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E874" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F874" t="s">
+        <v>13</v>
+      </c>
+      <c r="G874" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H874" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="875" spans="1:8">
+      <c r="A875" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B875" t="s">
+        <v>9</v>
+      </c>
+      <c r="C875" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D875" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E875" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G875" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H875" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="876" spans="1:8">
+      <c r="A876" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B876" t="s">
+        <v>9</v>
+      </c>
+      <c r="C876" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D876" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E876" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F876" t="s">
+        <v>13</v>
+      </c>
+      <c r="G876" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H876" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="877" spans="1:8">
+      <c r="A877" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B877" t="s">
+        <v>9</v>
+      </c>
+      <c r="C877" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D877" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E877" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F877" t="s">
+        <v>13</v>
+      </c>
+      <c r="G877" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H877" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="878" spans="1:8">
+      <c r="A878" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B878" t="s">
+        <v>9</v>
+      </c>
+      <c r="C878" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D878" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E878" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F878" t="s">
+        <v>13</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H878" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="879" spans="1:8">
+      <c r="A879" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B879" t="s">
+        <v>9</v>
+      </c>
+      <c r="C879" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D879" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E879" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H879" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="880" spans="1:8">
+      <c r="A880" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B880" t="s">
+        <v>9</v>
+      </c>
+      <c r="C880" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D880" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E880" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F880" t="s">
+        <v>13</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H880" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="881" spans="1:8">
+      <c r="A881" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B881" t="s">
+        <v>9</v>
+      </c>
+      <c r="C881" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D881" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E881" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F881" t="s">
+        <v>13</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H881" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="882" spans="1:8">
+      <c r="A882" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B882" t="s">
+        <v>9</v>
+      </c>
+      <c r="C882" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D882" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E882" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F882" t="s">
+        <v>13</v>
+      </c>
+      <c r="G882" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H882" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="883" spans="1:8">
+      <c r="A883" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B883" t="s">
+        <v>9</v>
+      </c>
+      <c r="C883" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D883" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E883" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F883" t="s">
+        <v>673</v>
+      </c>
+      <c r="G883" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H883" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="884" spans="1:8">
+      <c r="A884" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B884" t="s">
+        <v>9</v>
+      </c>
+      <c r="C884" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D884" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E884" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F884" t="s">
+        <v>13</v>
+      </c>
+      <c r="G884" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H884" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="885" spans="1:8">
+      <c r="A885" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B885" t="s">
+        <v>9</v>
+      </c>
+      <c r="C885" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D885" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E885" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F885" t="s">
+        <v>830</v>
+      </c>
+      <c r="G885" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H885" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="886" spans="1:8">
+      <c r="A886" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B886" t="s">
+        <v>9</v>
+      </c>
+      <c r="C886" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D886" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E886" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F886" t="s">
+        <v>13</v>
+      </c>
+      <c r="G886" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H886" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="887" spans="1:8">
+      <c r="A887" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B887" t="s">
+        <v>9</v>
+      </c>
+      <c r="C887" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D887" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E887" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F887" t="s">
+        <v>13</v>
+      </c>
+      <c r="G887" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H887" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="888" spans="1:8">
+      <c r="A888" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B888" t="s">
+        <v>9</v>
+      </c>
+      <c r="C888" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D888" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E888" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F888" t="s">
+        <v>13</v>
+      </c>
+      <c r="G888" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H888" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="889" spans="1:8">
+      <c r="A889" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B889" t="s">
+        <v>9</v>
+      </c>
+      <c r="C889" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D889" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E889" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F889" t="s">
+        <v>13</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="H889" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="890" spans="1:8">
+      <c r="A890" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B890" t="s">
+        <v>9</v>
+      </c>
+      <c r="C890" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D890" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E890" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G890" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H890" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="891" spans="1:8">
+      <c r="A891" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B891" t="s">
+        <v>9</v>
+      </c>
+      <c r="C891" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D891" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E891" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F891" t="s">
+        <v>13</v>
+      </c>
+      <c r="G891" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="H891" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="892" spans="1:8">
+      <c r="A892" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B892" t="s">
+        <v>9</v>
+      </c>
+      <c r="C892" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D892" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E892" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F892" t="s">
+        <v>13</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H892" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="893" spans="1:8">
+      <c r="A893" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B893" t="s">
+        <v>9</v>
+      </c>
+      <c r="C893" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D893" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E893" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F893" t="s">
+        <v>23</v>
+      </c>
+      <c r="G893" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="H893" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="894" spans="1:8">
+      <c r="A894" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B894" t="s">
+        <v>9</v>
+      </c>
+      <c r="C894" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D894" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E894" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G894" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H894" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="895" spans="1:8">
+      <c r="A895" t="s">
+        <v>2072</v>
+      </c>
+      <c r="B895" t="s">
+        <v>9</v>
+      </c>
+      <c r="C895" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D895" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E895" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F895" t="s">
+        <v>673</v>
+      </c>
+      <c r="G895" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H895" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="896" spans="1:8">
+      <c r="A896" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B896" t="s">
+        <v>9</v>
+      </c>
+      <c r="C896" t="s">
+        <v>826</v>
+      </c>
+      <c r="D896" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E896" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G896" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H896" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="897" spans="1:8">
+      <c r="A897" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B897" t="s">
+        <v>9</v>
+      </c>
+      <c r="C897" t="s">
+        <v>829</v>
+      </c>
+      <c r="D897" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E897" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G897" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H897" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="898" spans="1:8">
+      <c r="A898" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B898" t="s">
+        <v>9</v>
+      </c>
+      <c r="C898" t="s">
+        <v>833</v>
+      </c>
+      <c r="D898" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E898" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G898" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H898" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="899" spans="1:8">
+      <c r="A899" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B899" t="s">
+        <v>9</v>
+      </c>
+      <c r="C899" t="s">
+        <v>836</v>
+      </c>
+      <c r="D899" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E899" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G899" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H899" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="900" spans="1:8">
+      <c r="A900" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B900" t="s">
+        <v>9</v>
+      </c>
+      <c r="C900" t="s">
+        <v>839</v>
+      </c>
+      <c r="D900" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E900" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G900" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H900" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="901" spans="1:8">
+      <c r="A901" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B901" t="s">
+        <v>9</v>
+      </c>
+      <c r="C901" t="s">
+        <v>842</v>
+      </c>
+      <c r="D901" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E901" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G901" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H901" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="902" spans="1:8">
+      <c r="A902" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B902" t="s">
+        <v>9</v>
+      </c>
+      <c r="C902" t="s">
+        <v>845</v>
+      </c>
+      <c r="D902" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E902" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G902" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H902" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="903" spans="1:8">
+      <c r="A903" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B903" t="s">
+        <v>9</v>
+      </c>
+      <c r="C903" t="s">
+        <v>84</v>
+      </c>
+      <c r="D903" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E903" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F903" t="s">
+        <v>673</v>
+      </c>
+      <c r="G903" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H903" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="904" spans="1:8">
+      <c r="A904" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B904" t="s">
+        <v>9</v>
+      </c>
+      <c r="C904" t="s">
+        <v>87</v>
+      </c>
+      <c r="D904" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E904" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F904" t="s">
+        <v>673</v>
+      </c>
+      <c r="G904" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H904" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="905" spans="1:8">
+      <c r="A905" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B905" t="s">
+        <v>9</v>
+      </c>
+      <c r="C905" t="s">
+        <v>90</v>
+      </c>
+      <c r="D905" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E905" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F905" t="s">
+        <v>274</v>
+      </c>
+      <c r="G905" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H905" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="906" spans="1:8">
+      <c r="A906" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B906" t="s">
+        <v>9</v>
+      </c>
+      <c r="C906" t="s">
+        <v>93</v>
+      </c>
+      <c r="D906" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E906" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F906" t="s">
+        <v>673</v>
+      </c>
+      <c r="G906" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H906" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="907" spans="1:8">
+      <c r="A907" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B907" t="s">
+        <v>9</v>
+      </c>
+      <c r="C907" t="s">
+        <v>96</v>
+      </c>
+      <c r="D907" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E907" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F907" t="s">
+        <v>54</v>
+      </c>
+      <c r="G907" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H907" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="908" spans="1:8">
+      <c r="A908" t="s">
+        <v>212</v>
+      </c>
+      <c r="B908" t="s">
+        <v>9</v>
+      </c>
+      <c r="C908" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D908" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E908" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F908" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G908" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H908" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="909" spans="1:8">
+      <c r="A909" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B909" t="s">
+        <v>9</v>
+      </c>
+      <c r="C909" t="s">
+        <v>10</v>
+      </c>
+      <c r="D909" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E909" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G909" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H909" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="910" spans="1:8">
+      <c r="A910" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B910" t="s">
+        <v>9</v>
+      </c>
+      <c r="C910" t="s">
+        <v>10</v>
+      </c>
+      <c r="D910" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E910" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G910" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H910" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="911" spans="1:8">
+      <c r="A911" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B911" t="s">
+        <v>9</v>
+      </c>
+      <c r="C911" t="s">
+        <v>17</v>
+      </c>
+      <c r="D911" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E911" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G911" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H911" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="912" spans="1:8">
+      <c r="A912" t="s">
+        <v>479</v>
+      </c>
+      <c r="B912" t="s">
+        <v>9</v>
+      </c>
+      <c r="C912" t="s">
+        <v>27</v>
+      </c>
+      <c r="D912" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E912" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G912" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H912" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="913" spans="1:8">
+      <c r="A913" t="s">
+        <v>482</v>
+      </c>
+      <c r="B913" t="s">
+        <v>9</v>
+      </c>
+      <c r="C913" t="s">
+        <v>31</v>
+      </c>
+      <c r="D913" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E913" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G913" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H913" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="914" spans="1:8">
+      <c r="A914" t="s">
+        <v>485</v>
+      </c>
+      <c r="B914" t="s">
+        <v>9</v>
+      </c>
+      <c r="C914" t="s">
+        <v>36</v>
+      </c>
+      <c r="D914" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E914" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G914" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H914" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="915" spans="1:8">
+      <c r="A915" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B915" t="s">
+        <v>9</v>
+      </c>
+      <c r="C915" t="s">
+        <v>59</v>
+      </c>
+      <c r="D915" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E915" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G915" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H915" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="916" spans="1:8">
+      <c r="A916" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B916" t="s">
+        <v>9</v>
+      </c>
+      <c r="C916" t="s">
+        <v>62</v>
+      </c>
+      <c r="D916" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E916" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G916" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H916" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="917" spans="1:8">
+      <c r="A917" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B917" t="s">
+        <v>9</v>
+      </c>
+      <c r="C917" t="s">
+        <v>65</v>
+      </c>
+      <c r="D917" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E917" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G917" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H917" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="918" spans="1:8">
+      <c r="A918" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B918" t="s">
+        <v>9</v>
+      </c>
+      <c r="C918" t="s">
+        <v>68</v>
+      </c>
+      <c r="D918" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E918" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G918" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H918" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="919" spans="1:8">
+      <c r="A919" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B919" t="s">
+        <v>9</v>
+      </c>
+      <c r="C919" t="s">
+        <v>71</v>
+      </c>
+      <c r="D919" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E919" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G919" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H919" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="920" spans="1:8">
+      <c r="A920" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B920" t="s">
+        <v>9</v>
+      </c>
+      <c r="C920" t="s">
+        <v>74</v>
+      </c>
+      <c r="D920" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E920" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G920" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H920" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="921" spans="1:8">
+      <c r="A921" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B921" t="s">
+        <v>9</v>
+      </c>
+      <c r="C921" t="s">
+        <v>77</v>
+      </c>
+      <c r="D921" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E921" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G921" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H921" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="922" spans="1:8">
+      <c r="A922" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B922" t="s">
+        <v>9</v>
+      </c>
+      <c r="C922" t="s">
+        <v>81</v>
+      </c>
+      <c r="D922" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E922" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G922" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H922" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="923" spans="1:8">
+      <c r="A923" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B923" t="s">
+        <v>9</v>
+      </c>
+      <c r="C923" t="s">
+        <v>84</v>
+      </c>
+      <c r="D923" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E923" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G923" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H923" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="924" spans="1:8">
+      <c r="A924" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B924" t="s">
+        <v>9</v>
+      </c>
+      <c r="C924" t="s">
+        <v>87</v>
+      </c>
+      <c r="D924" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E924" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G924" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H924" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="925" spans="1:8">
+      <c r="A925" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B925" t="s">
+        <v>9</v>
+      </c>
+      <c r="C925" t="s">
+        <v>90</v>
+      </c>
+      <c r="D925" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E925" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G925" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H925" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="926" spans="1:8">
+      <c r="A926" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B926" t="s">
+        <v>9</v>
+      </c>
+      <c r="C926" t="s">
+        <v>93</v>
+      </c>
+      <c r="D926" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E926" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G926" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H926" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="927" spans="1:8">
+      <c r="A927" t="s">
+        <v>343</v>
+      </c>
+      <c r="B927" t="s">
+        <v>9</v>
+      </c>
+      <c r="C927" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D927" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E927" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F927" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G927" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H927" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="928" spans="1:8">
+      <c r="A928" t="s">
+        <v>349</v>
+      </c>
+      <c r="B928" t="s">
+        <v>9</v>
+      </c>
+      <c r="C928" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D928" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E928" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F928" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G928" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H928" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="929" spans="1:8">
+      <c r="A929" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B929" t="s">
+        <v>9</v>
+      </c>
+      <c r="C929" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D929" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E929" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G929" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H929" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="930" spans="1:8">
+      <c r="A930" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B930" t="s">
+        <v>9</v>
+      </c>
+      <c r="C930" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D930" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E930" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G930" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H930" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="931" spans="1:8">
+      <c r="A931" t="s">
+        <v>219</v>
+      </c>
+      <c r="B931" t="s">
+        <v>9</v>
+      </c>
+      <c r="C931" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D931" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E931" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F931" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G931" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H931" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="932" spans="1:8">
+      <c r="A932" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B932" t="s">
+        <v>9</v>
+      </c>
+      <c r="C932" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D932" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E932" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F932" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G932" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H932" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="933" spans="1:8">
+      <c r="A933" t="s">
+        <v>317</v>
+      </c>
+      <c r="B933" t="s">
+        <v>9</v>
+      </c>
+      <c r="C933" t="s">
+        <v>10</v>
+      </c>
+      <c r="D933" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E933" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G933" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H933" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="934" spans="1:8">
+      <c r="A934" t="s">
+        <v>320</v>
+      </c>
+      <c r="B934" t="s">
+        <v>9</v>
+      </c>
+      <c r="C934" t="s">
+        <v>17</v>
+      </c>
+      <c r="D934" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E934" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G934" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H934" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="935" spans="1:8">
+      <c r="A935" t="s">
+        <v>329</v>
+      </c>
+      <c r="B935" t="s">
+        <v>9</v>
+      </c>
+      <c r="C935" t="s">
+        <v>47</v>
+      </c>
+      <c r="D935" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E935" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G935" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H935" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="936" spans="1:8">
+      <c r="A936" t="s">
+        <v>332</v>
+      </c>
+      <c r="B936" t="s">
+        <v>9</v>
+      </c>
+      <c r="C936" t="s">
+        <v>22</v>
+      </c>
+      <c r="D936" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E936" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G936" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H936" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="937" spans="1:8">
+      <c r="A937" t="s">
+        <v>336</v>
+      </c>
+      <c r="B937" t="s">
+        <v>9</v>
+      </c>
+      <c r="C937" t="s">
+        <v>27</v>
+      </c>
+      <c r="D937" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E937" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G937" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H937" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="938" spans="1:8">
+      <c r="A938" t="s">
+        <v>340</v>
+      </c>
+      <c r="B938" t="s">
+        <v>9</v>
+      </c>
+      <c r="C938" t="s">
+        <v>31</v>
+      </c>
+      <c r="D938" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E938" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G938" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H938" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="939" spans="1:8">
+      <c r="A939" t="s">
+        <v>533</v>
+      </c>
+      <c r="B939" t="s">
+        <v>9</v>
+      </c>
+      <c r="C939" t="s">
+        <v>36</v>
+      </c>
+      <c r="D939" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E939" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F939" t="s">
+        <v>830</v>
+      </c>
+      <c r="G939" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H939" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="940" spans="1:8">
+      <c r="A940" t="s">
+        <v>530</v>
+      </c>
+      <c r="B940" t="s">
+        <v>9</v>
+      </c>
+      <c r="C940" t="s">
+        <v>59</v>
+      </c>
+      <c r="D940" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E940" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F940" t="s">
+        <v>337</v>
+      </c>
+      <c r="G940" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H940" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="941" spans="1:8">
+      <c r="A941" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B941" t="s">
+        <v>9</v>
+      </c>
+      <c r="C941" t="s">
+        <v>62</v>
+      </c>
+      <c r="D941" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E941" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H941" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="942" spans="1:8">
+      <c r="A942" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B942" t="s">
+        <v>9</v>
+      </c>
+      <c r="C942" t="s">
+        <v>65</v>
+      </c>
+      <c r="D942" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E942" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G942" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H942" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="943" spans="1:8">
+      <c r="A943" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B943" t="s">
+        <v>9</v>
+      </c>
+      <c r="C943" t="s">
+        <v>68</v>
+      </c>
+      <c r="D943" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E943" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G943" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H943" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="944" spans="1:8">
+      <c r="A944" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B944" t="s">
+        <v>9</v>
+      </c>
+      <c r="C944" t="s">
+        <v>71</v>
+      </c>
+      <c r="D944" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E944" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G944" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H944" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="945" spans="1:8">
+      <c r="A945" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B945" t="s">
+        <v>9</v>
+      </c>
+      <c r="C945" t="s">
+        <v>74</v>
+      </c>
+      <c r="D945" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E945" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G945" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H945" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="946" spans="1:8">
+      <c r="A946" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B946" t="s">
+        <v>9</v>
+      </c>
+      <c r="C946" t="s">
+        <v>77</v>
+      </c>
+      <c r="D946" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E946" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G946" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H946" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="947" spans="1:8">
+      <c r="A947" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B947" t="s">
+        <v>9</v>
+      </c>
+      <c r="C947" t="s">
+        <v>81</v>
+      </c>
+      <c r="D947" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E947" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F947" t="s">
+        <v>23</v>
+      </c>
+      <c r="G947" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H947" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="948" spans="1:8">
+      <c r="A948" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B948" t="s">
+        <v>9</v>
+      </c>
+      <c r="C948" t="s">
+        <v>84</v>
+      </c>
+      <c r="D948" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E948" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F948" t="s">
+        <v>54</v>
+      </c>
+      <c r="G948" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H948" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="949" spans="1:8">
+      <c r="A949" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B949" t="s">
+        <v>9</v>
+      </c>
+      <c r="C949" t="s">
+        <v>87</v>
+      </c>
+      <c r="D949" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E949" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F949" t="s">
+        <v>337</v>
+      </c>
+      <c r="G949" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H949" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="950" spans="1:8">
+      <c r="A950" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B950" t="s">
+        <v>9</v>
+      </c>
+      <c r="C950" t="s">
+        <v>90</v>
+      </c>
+      <c r="D950" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E950" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F950" t="s">
+        <v>13</v>
+      </c>
+      <c r="G950" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H950" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="951" spans="1:8">
+      <c r="A951" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B951" t="s">
+        <v>9</v>
+      </c>
+      <c r="C951" t="s">
+        <v>93</v>
+      </c>
+      <c r="D951" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E951" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G951" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H951" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="952" spans="1:8">
+      <c r="A952" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B952" t="s">
+        <v>9</v>
+      </c>
+      <c r="C952" t="s">
+        <v>96</v>
+      </c>
+      <c r="D952" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E952" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F952" t="s">
+        <v>337</v>
+      </c>
+      <c r="G952" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H952" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="953" spans="1:8">
+      <c r="A953" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B953" t="s">
+        <v>9</v>
+      </c>
+      <c r="C953" t="s">
+        <v>99</v>
+      </c>
+      <c r="D953" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E953" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F953" t="s">
+        <v>333</v>
+      </c>
+      <c r="G953" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H953" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="954" spans="1:8">
+      <c r="A954" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B954" t="s">
+        <v>9</v>
+      </c>
+      <c r="C954" t="s">
+        <v>102</v>
+      </c>
+      <c r="D954" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E954" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G954" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H954" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="955" spans="1:8">
+      <c r="A955" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B955" t="s">
+        <v>9</v>
+      </c>
+      <c r="C955" t="s">
+        <v>105</v>
+      </c>
+      <c r="D955" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E955" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H955" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="956" spans="1:8">
+      <c r="A956" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B956" t="s">
+        <v>9</v>
+      </c>
+      <c r="C956" t="s">
+        <v>108</v>
+      </c>
+      <c r="D956" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E956" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H956" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="957" spans="1:8">
+      <c r="A957" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B957" t="s">
+        <v>9</v>
+      </c>
+      <c r="C957" t="s">
+        <v>111</v>
+      </c>
+      <c r="D957" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E957" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G957" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H957" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="958" spans="1:8">
+      <c r="A958" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B958" t="s">
+        <v>9</v>
+      </c>
+      <c r="C958" t="s">
+        <v>115</v>
+      </c>
+      <c r="D958" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E958" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F958" t="s">
+        <v>13</v>
+      </c>
+      <c r="G958" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H958" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="959" spans="1:8">
+      <c r="A959" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B959" t="s">
+        <v>9</v>
+      </c>
+      <c r="C959" t="s">
+        <v>118</v>
+      </c>
+      <c r="D959" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E959" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H959" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="960" spans="1:8">
+      <c r="A960" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B960" t="s">
+        <v>9</v>
+      </c>
+      <c r="C960" t="s">
+        <v>121</v>
+      </c>
+      <c r="D960" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E960" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F960" t="s">
+        <v>42</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H960" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="961" spans="1:8">
+      <c r="A961" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B961" t="s">
+        <v>9</v>
+      </c>
+      <c r="C961" t="s">
+        <v>124</v>
+      </c>
+      <c r="D961" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E961" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F961" t="s">
+        <v>302</v>
+      </c>
+      <c r="G961" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H961" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="962" spans="1:8">
+      <c r="A962" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B962" t="s">
+        <v>9</v>
+      </c>
+      <c r="C962" t="s">
+        <v>127</v>
+      </c>
+      <c r="D962" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E962" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F962" t="s">
+        <v>18</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H962" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="963" spans="1:8">
+      <c r="A963" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B963" t="s">
+        <v>9</v>
+      </c>
+      <c r="C963" t="s">
+        <v>130</v>
+      </c>
+      <c r="D963" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E963" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G963" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H963" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="964" spans="1:8">
+      <c r="A964" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B964" t="s">
+        <v>9</v>
+      </c>
+      <c r="C964" t="s">
+        <v>133</v>
+      </c>
+      <c r="D964" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E964" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G964" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H964" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="965" spans="1:8">
+      <c r="A965" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B965" t="s">
+        <v>9</v>
+      </c>
+      <c r="C965" t="s">
+        <v>136</v>
+      </c>
+      <c r="D965" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E965" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G965" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H965" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="966" spans="1:8">
+      <c r="A966" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B966" t="s">
+        <v>9</v>
+      </c>
+      <c r="C966" t="s">
+        <v>139</v>
+      </c>
+      <c r="D966" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E966" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H966" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="967" spans="1:8">
+      <c r="A967" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B967" t="s">
+        <v>9</v>
+      </c>
+      <c r="C967" t="s">
+        <v>142</v>
+      </c>
+      <c r="D967" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E967" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H967" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="968" spans="1:8">
+      <c r="A968" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B968" t="s">
+        <v>9</v>
+      </c>
+      <c r="C968" t="s">
+        <v>145</v>
+      </c>
+      <c r="D968" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E968" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G968" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H968" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="969" spans="1:8">
+      <c r="A969" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B969" t="s">
+        <v>9</v>
+      </c>
+      <c r="C969" t="s">
+        <v>149</v>
+      </c>
+      <c r="D969" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E969" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F969" t="s">
+        <v>13</v>
+      </c>
+      <c r="G969" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H969" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="970" spans="1:8">
+      <c r="A970" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B970" t="s">
+        <v>9</v>
+      </c>
+      <c r="C970" t="s">
+        <v>152</v>
+      </c>
+      <c r="D970" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E970" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G970" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H970" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="971" spans="1:8">
+      <c r="A971" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B971" t="s">
+        <v>9</v>
+      </c>
+      <c r="C971" t="s">
+        <v>155</v>
+      </c>
+      <c r="D971" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E971" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F971" t="s">
+        <v>23</v>
+      </c>
+      <c r="G971" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H971" t="s">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="972" spans="1:8">
+      <c r="A972" t="s">
+        <v>2214</v>
+      </c>
+      <c r="B972" t="s">
+        <v>9</v>
+      </c>
+      <c r="C972" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D972" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E972" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F972" t="s">
+        <v>13</v>
+      </c>
+      <c r="G972" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H972" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="973" spans="1:8">
+      <c r="A973" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B973" t="s">
+        <v>9</v>
+      </c>
+      <c r="C973" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D973" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E973" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F973" t="s">
+        <v>13</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H973" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="974" spans="1:8">
+      <c r="A974" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B974" t="s">
+        <v>9</v>
+      </c>
+      <c r="C974" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D974" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E974" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F974" t="s">
+        <v>13</v>
+      </c>
+      <c r="G974" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H974" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="975" spans="1:8">
+      <c r="A975" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B975" t="s">
+        <v>9</v>
+      </c>
+      <c r="C975" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D975" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E975" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F975" t="s">
+        <v>13</v>
+      </c>
+      <c r="G975" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="H975" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="976" spans="1:8">
+      <c r="A976" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B976" t="s">
+        <v>9</v>
+      </c>
+      <c r="C976" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D976" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E976" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F976" t="s">
+        <v>13</v>
+      </c>
+      <c r="G976" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H976" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="977" spans="1:8">
+      <c r="A977" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B977" t="s">
+        <v>9</v>
+      </c>
+      <c r="C977" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D977" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E977" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F977" t="s">
+        <v>13</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H977" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="978" spans="1:8">
+      <c r="A978" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B978" t="s">
+        <v>9</v>
+      </c>
+      <c r="C978" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D978" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E978" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F978" t="s">
+        <v>13</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H978" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="979" spans="1:8">
+      <c r="A979" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B979" t="s">
+        <v>9</v>
+      </c>
+      <c r="C979" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D979" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E979" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F979" t="s">
+        <v>13</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H979" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="980" spans="1:8">
+      <c r="A980" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B980" t="s">
+        <v>9</v>
+      </c>
+      <c r="C980" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D980" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E980" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F980" t="s">
+        <v>13</v>
+      </c>
+      <c r="G980" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H980" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="981" spans="1:8">
+      <c r="A981" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B981" t="s">
+        <v>9</v>
+      </c>
+      <c r="C981" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D981" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E981" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F981" t="s">
+        <v>13</v>
+      </c>
+      <c r="G981" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H981" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="982" spans="1:8">
+      <c r="A982" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B982" t="s">
+        <v>9</v>
+      </c>
+      <c r="C982" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D982" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E982" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G982" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H982" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="983" spans="1:8">
+      <c r="A983" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B983" t="s">
+        <v>9</v>
+      </c>
+      <c r="C983" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D983" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E983" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G983" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H983" t="s">
+        <v>2258</v>
+      </c>
+    </row>
+    <row r="984" spans="1:8">
+      <c r="A984" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B984" t="s">
+        <v>9</v>
+      </c>
+      <c r="C984" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D984" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E984" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G984" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H984" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="985" spans="1:8">
+      <c r="A985" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B985" t="s">
+        <v>9</v>
+      </c>
+      <c r="C985" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D985" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E985" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G985" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H985" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="986" spans="1:8">
+      <c r="A986" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B986" t="s">
+        <v>9</v>
+      </c>
+      <c r="C986" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D986" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E986" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G986" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H986" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="987" spans="1:8">
+      <c r="A987" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B987" t="s">
+        <v>9</v>
+      </c>
+      <c r="C987" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D987" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E987" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G987" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H987" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="988" spans="1:8">
+      <c r="A988" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B988" t="s">
+        <v>9</v>
+      </c>
+      <c r="C988" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D988" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E988" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F988" t="s">
+        <v>13</v>
+      </c>
+      <c r="G988" s="1" t="s">
+        <v>2273</v>
+      </c>
+      <c r="H988" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="989" spans="1:8">
+      <c r="A989" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B989" t="s">
+        <v>9</v>
+      </c>
+      <c r="C989" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D989" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E989" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G989" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H989" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="990" spans="1:8">
+      <c r="A990" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B990" t="s">
+        <v>9</v>
+      </c>
+      <c r="C990" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D990" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E990" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G990" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H990" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="991" spans="1:8">
+      <c r="A991" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B991" t="s">
+        <v>9</v>
+      </c>
+      <c r="C991" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D991" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E991" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F991" t="s">
+        <v>13</v>
+      </c>
+      <c r="G991" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H991" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="992" spans="1:8">
+      <c r="A992" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B992" t="s">
+        <v>9</v>
+      </c>
+      <c r="C992" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D992" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E992" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F992" t="s">
+        <v>13</v>
+      </c>
+      <c r="G992" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H992" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="993" spans="1:8">
+      <c r="A993" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B993" t="s">
+        <v>9</v>
+      </c>
+      <c r="C993" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D993" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E993" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F993" t="s">
+        <v>13</v>
+      </c>
+      <c r="G993" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H993" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="994" spans="1:8">
+      <c r="A994" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B994" t="s">
+        <v>9</v>
+      </c>
+      <c r="C994" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D994" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E994" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G994" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H994" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="995" spans="1:8">
+      <c r="A995" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B995" t="s">
+        <v>9</v>
+      </c>
+      <c r="C995" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D995" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E995" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G995" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H995" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="996" spans="1:8">
+      <c r="A996" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B996" t="s">
+        <v>9</v>
+      </c>
+      <c r="C996" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D996" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E996" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G996" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H996" t="s">
+        <v>2298</v>
+      </c>
+    </row>
+    <row r="997" spans="1:8">
+      <c r="A997" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B997" t="s">
+        <v>9</v>
+      </c>
+      <c r="C997" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D997" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E997" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G997" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H997" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="998" spans="1:8">
+      <c r="A998" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B998" t="s">
+        <v>9</v>
+      </c>
+      <c r="C998" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D998" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E998" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G998" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H998" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="999" spans="1:8">
+      <c r="A999" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B999" t="s">
+        <v>9</v>
+      </c>
+      <c r="C999" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D999" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E999" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G999" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H999" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:8">
+      <c r="A1000" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>2309</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1000" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1000" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1000" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1000" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:8">
+      <c r="A1001" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1001" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1001" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1001" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1001" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:8">
+      <c r="A1002" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>2315</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1002" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1002" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1002" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1002" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:8">
+      <c r="A1003" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1003" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1003" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1003" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:8">
+      <c r="A1004" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1004" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1004" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1004" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:8">
+      <c r="A1005" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1005" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1005" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1005" t="s">
+        <v>2325</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:8">
+      <c r="A1006" t="s">
+        <v>323</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1006" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1006" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="H1006" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:8">
+      <c r="A1007" t="s">
+        <v>326</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1007" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1007" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H1007" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:8">
+      <c r="A1008" t="s">
+        <v>415</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1008" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1008" s="1" t="s">
+        <v>2333</v>
+      </c>
+      <c r="H1008" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:8">
+      <c r="A1009" t="s">
+        <v>418</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1009" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1009" s="1" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H1009" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:8">
+      <c r="A1010" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1010" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1010" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H1010" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:8">
+      <c r="A1011" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1011" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>2344</v>
+      </c>
+      <c r="G1011" s="1" t="s">
+        <v>2345</v>
+      </c>
+      <c r="H1011" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:8">
+      <c r="A1012" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>2347</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1012" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1012" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:8">
+      <c r="A1013" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>2350</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1013" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1013" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1013" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:8">
+      <c r="A1014" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1014" s="1" t="s">
+        <v>2353</v>
+      </c>
+      <c r="H1014" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:8">
+      <c r="A1015" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1015" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H1015" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:8">
+      <c r="A1016" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1016" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="H1016" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:8">
+      <c r="A1017" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1017" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1017" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:8">
+      <c r="A1018" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1018" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1018" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:8">
+      <c r="A1019" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1019" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1019" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:8">
+      <c r="A1020" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1020" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1020" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:8">
+      <c r="A1021" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1021" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1021" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:8">
+      <c r="A1022" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1022" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1022" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:8">
+      <c r="A1023" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1023" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1023" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:8">
+      <c r="A1024" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1024" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1024" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:8">
+      <c r="A1025" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1025" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1025" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:8">
+      <c r="A1026" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1026" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1026" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:8">
+      <c r="A1027" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1027" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1027" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:8">
+      <c r="A1028" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1028" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1028" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:8">
+      <c r="A1029" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1029" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1029" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1029" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:8">
+      <c r="A1030" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1030" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1030" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:8">
+      <c r="A1031" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>2404</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1031" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1031" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:8">
+      <c r="A1032" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1032" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1032" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:8">
+      <c r="A1033" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>2410</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1033" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1033" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:8">
+      <c r="A1034" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1034" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1034" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:8">
+      <c r="A1035" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G1035" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1035" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:8">
+      <c r="A1036" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1036" s="1" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H1036" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:8">
+      <c r="A1037" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>991</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G1037" s="1" t="s">
+        <v>2424</v>
+      </c>
+      <c r="H1037" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:8">
+      <c r="A1038" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>994</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G1038" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1038" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:8">
+      <c r="A1039" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G1039" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H1039" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:8">
+      <c r="A1040" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>997</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G1040" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H1040" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:8">
+      <c r="A1041" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G1041" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="H1041" t="s">
+        <v>2436</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:8">
+      <c r="A1042" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>2423</v>
+      </c>
+      <c r="F1042" t="s">
+        <v>2437</v>
+      </c>
+      <c r="G1042" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1042" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:8">
+      <c r="A1043" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D1043" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E1043" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G1043" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1043" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:8">
+      <c r="A1044" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1044" t="s">
+        <v>660</v>
+      </c>
+      <c r="D1044" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E1044" t="s">
+        <v>2443</v>
+      </c>
+      <c r="G1044" s="1" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H1044" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:8">
+      <c r="A1045" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>663</v>
+      </c>
+      <c r="D1045" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E1045" t="s">
+        <v>2443</v>
+      </c>
+      <c r="G1045" s="1" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H1045" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:8">
+      <c r="A1046" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1046" t="s">
+        <v>666</v>
+      </c>
+      <c r="D1046" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E1046" t="s">
+        <v>2443</v>
+      </c>
+      <c r="G1046" s="1" t="s">
+        <v>2450</v>
+      </c>
+      <c r="H1046" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:8">
+      <c r="A1047" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>669</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E1047" t="s">
+        <v>2443</v>
+      </c>
+      <c r="G1047" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="H1047" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:8">
+      <c r="A1048" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1048" t="s">
+        <v>672</v>
+      </c>
+      <c r="D1048" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E1048" t="s">
+        <v>2443</v>
+      </c>
+      <c r="G1048" s="1" t="s">
+        <v>2456</v>
+      </c>
+      <c r="H1048" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:8">
+      <c r="A1049" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1049" t="s">
+        <v>679</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E1049" t="s">
+        <v>2443</v>
+      </c>
+      <c r="G1049" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1049" t="s">
+        <v>2459</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -26011,50 +35468,334 @@
     <hyperlink ref="G741" r:id="rId740"/>
     <hyperlink ref="G742" r:id="rId741"/>
     <hyperlink ref="G743" r:id="rId742"/>
     <hyperlink ref="G744" r:id="rId743"/>
     <hyperlink ref="G745" r:id="rId744"/>
     <hyperlink ref="G746" r:id="rId745"/>
     <hyperlink ref="G747" r:id="rId746"/>
     <hyperlink ref="G748" r:id="rId747"/>
     <hyperlink ref="G749" r:id="rId748"/>
     <hyperlink ref="G750" r:id="rId749"/>
     <hyperlink ref="G751" r:id="rId750"/>
     <hyperlink ref="G752" r:id="rId751"/>
     <hyperlink ref="G753" r:id="rId752"/>
     <hyperlink ref="G754" r:id="rId753"/>
     <hyperlink ref="G755" r:id="rId754"/>
     <hyperlink ref="G756" r:id="rId755"/>
     <hyperlink ref="G757" r:id="rId756"/>
     <hyperlink ref="G758" r:id="rId757"/>
     <hyperlink ref="G759" r:id="rId758"/>
     <hyperlink ref="G760" r:id="rId759"/>
     <hyperlink ref="G761" r:id="rId760"/>
     <hyperlink ref="G762" r:id="rId761"/>
     <hyperlink ref="G763" r:id="rId762"/>
     <hyperlink ref="G764" r:id="rId763"/>
     <hyperlink ref="G765" r:id="rId764"/>
+    <hyperlink ref="G766" r:id="rId765"/>
+    <hyperlink ref="G767" r:id="rId766"/>
+    <hyperlink ref="G768" r:id="rId767"/>
+    <hyperlink ref="G769" r:id="rId768"/>
+    <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
+    <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
+    <hyperlink ref="G800" r:id="rId799"/>
+    <hyperlink ref="G801" r:id="rId800"/>
+    <hyperlink ref="G802" r:id="rId801"/>
+    <hyperlink ref="G803" r:id="rId802"/>
+    <hyperlink ref="G804" r:id="rId803"/>
+    <hyperlink ref="G805" r:id="rId804"/>
+    <hyperlink ref="G806" r:id="rId805"/>
+    <hyperlink ref="G807" r:id="rId806"/>
+    <hyperlink ref="G808" r:id="rId807"/>
+    <hyperlink ref="G809" r:id="rId808"/>
+    <hyperlink ref="G810" r:id="rId809"/>
+    <hyperlink ref="G811" r:id="rId810"/>
+    <hyperlink ref="G812" r:id="rId811"/>
+    <hyperlink ref="G813" r:id="rId812"/>
+    <hyperlink ref="G814" r:id="rId813"/>
+    <hyperlink ref="G815" r:id="rId814"/>
+    <hyperlink ref="G816" r:id="rId815"/>
+    <hyperlink ref="G817" r:id="rId816"/>
+    <hyperlink ref="G818" r:id="rId817"/>
+    <hyperlink ref="G819" r:id="rId818"/>
+    <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
+    <hyperlink ref="G839" r:id="rId838"/>
+    <hyperlink ref="G840" r:id="rId839"/>
+    <hyperlink ref="G841" r:id="rId840"/>
+    <hyperlink ref="G842" r:id="rId841"/>
+    <hyperlink ref="G843" r:id="rId842"/>
+    <hyperlink ref="G844" r:id="rId843"/>
+    <hyperlink ref="G845" r:id="rId844"/>
+    <hyperlink ref="G846" r:id="rId845"/>
+    <hyperlink ref="G847" r:id="rId846"/>
+    <hyperlink ref="G848" r:id="rId847"/>
+    <hyperlink ref="G849" r:id="rId848"/>
+    <hyperlink ref="G850" r:id="rId849"/>
+    <hyperlink ref="G851" r:id="rId850"/>
+    <hyperlink ref="G852" r:id="rId851"/>
+    <hyperlink ref="G853" r:id="rId852"/>
+    <hyperlink ref="G854" r:id="rId853"/>
+    <hyperlink ref="G855" r:id="rId854"/>
+    <hyperlink ref="G856" r:id="rId855"/>
+    <hyperlink ref="G857" r:id="rId856"/>
+    <hyperlink ref="G858" r:id="rId857"/>
+    <hyperlink ref="G859" r:id="rId858"/>
+    <hyperlink ref="G860" r:id="rId859"/>
+    <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
+    <hyperlink ref="G874" r:id="rId873"/>
+    <hyperlink ref="G875" r:id="rId874"/>
+    <hyperlink ref="G876" r:id="rId875"/>
+    <hyperlink ref="G877" r:id="rId876"/>
+    <hyperlink ref="G878" r:id="rId877"/>
+    <hyperlink ref="G879" r:id="rId878"/>
+    <hyperlink ref="G880" r:id="rId879"/>
+    <hyperlink ref="G881" r:id="rId880"/>
+    <hyperlink ref="G882" r:id="rId881"/>
+    <hyperlink ref="G883" r:id="rId882"/>
+    <hyperlink ref="G884" r:id="rId883"/>
+    <hyperlink ref="G885" r:id="rId884"/>
+    <hyperlink ref="G886" r:id="rId885"/>
+    <hyperlink ref="G887" r:id="rId886"/>
+    <hyperlink ref="G888" r:id="rId887"/>
+    <hyperlink ref="G889" r:id="rId888"/>
+    <hyperlink ref="G890" r:id="rId889"/>
+    <hyperlink ref="G891" r:id="rId890"/>
+    <hyperlink ref="G892" r:id="rId891"/>
+    <hyperlink ref="G893" r:id="rId892"/>
+    <hyperlink ref="G894" r:id="rId893"/>
+    <hyperlink ref="G895" r:id="rId894"/>
+    <hyperlink ref="G896" r:id="rId895"/>
+    <hyperlink ref="G897" r:id="rId896"/>
+    <hyperlink ref="G898" r:id="rId897"/>
+    <hyperlink ref="G899" r:id="rId898"/>
+    <hyperlink ref="G900" r:id="rId899"/>
+    <hyperlink ref="G901" r:id="rId900"/>
+    <hyperlink ref="G902" r:id="rId901"/>
+    <hyperlink ref="G903" r:id="rId902"/>
+    <hyperlink ref="G904" r:id="rId903"/>
+    <hyperlink ref="G905" r:id="rId904"/>
+    <hyperlink ref="G906" r:id="rId905"/>
+    <hyperlink ref="G907" r:id="rId906"/>
+    <hyperlink ref="G908" r:id="rId907"/>
+    <hyperlink ref="G909" r:id="rId908"/>
+    <hyperlink ref="G910" r:id="rId909"/>
+    <hyperlink ref="G911" r:id="rId910"/>
+    <hyperlink ref="G912" r:id="rId911"/>
+    <hyperlink ref="G913" r:id="rId912"/>
+    <hyperlink ref="G914" r:id="rId913"/>
+    <hyperlink ref="G915" r:id="rId914"/>
+    <hyperlink ref="G916" r:id="rId915"/>
+    <hyperlink ref="G917" r:id="rId916"/>
+    <hyperlink ref="G918" r:id="rId917"/>
+    <hyperlink ref="G919" r:id="rId918"/>
+    <hyperlink ref="G920" r:id="rId919"/>
+    <hyperlink ref="G921" r:id="rId920"/>
+    <hyperlink ref="G922" r:id="rId921"/>
+    <hyperlink ref="G923" r:id="rId922"/>
+    <hyperlink ref="G924" r:id="rId923"/>
+    <hyperlink ref="G925" r:id="rId924"/>
+    <hyperlink ref="G926" r:id="rId925"/>
+    <hyperlink ref="G927" r:id="rId926"/>
+    <hyperlink ref="G928" r:id="rId927"/>
+    <hyperlink ref="G929" r:id="rId928"/>
+    <hyperlink ref="G930" r:id="rId929"/>
+    <hyperlink ref="G931" r:id="rId930"/>
+    <hyperlink ref="G932" r:id="rId931"/>
+    <hyperlink ref="G933" r:id="rId932"/>
+    <hyperlink ref="G934" r:id="rId933"/>
+    <hyperlink ref="G935" r:id="rId934"/>
+    <hyperlink ref="G936" r:id="rId935"/>
+    <hyperlink ref="G937" r:id="rId936"/>
+    <hyperlink ref="G938" r:id="rId937"/>
+    <hyperlink ref="G939" r:id="rId938"/>
+    <hyperlink ref="G940" r:id="rId939"/>
+    <hyperlink ref="G941" r:id="rId940"/>
+    <hyperlink ref="G942" r:id="rId941"/>
+    <hyperlink ref="G943" r:id="rId942"/>
+    <hyperlink ref="G944" r:id="rId943"/>
+    <hyperlink ref="G945" r:id="rId944"/>
+    <hyperlink ref="G946" r:id="rId945"/>
+    <hyperlink ref="G947" r:id="rId946"/>
+    <hyperlink ref="G948" r:id="rId947"/>
+    <hyperlink ref="G949" r:id="rId948"/>
+    <hyperlink ref="G950" r:id="rId949"/>
+    <hyperlink ref="G951" r:id="rId950"/>
+    <hyperlink ref="G952" r:id="rId951"/>
+    <hyperlink ref="G953" r:id="rId952"/>
+    <hyperlink ref="G954" r:id="rId953"/>
+    <hyperlink ref="G955" r:id="rId954"/>
+    <hyperlink ref="G956" r:id="rId955"/>
+    <hyperlink ref="G957" r:id="rId956"/>
+    <hyperlink ref="G958" r:id="rId957"/>
+    <hyperlink ref="G959" r:id="rId958"/>
+    <hyperlink ref="G960" r:id="rId959"/>
+    <hyperlink ref="G961" r:id="rId960"/>
+    <hyperlink ref="G962" r:id="rId961"/>
+    <hyperlink ref="G963" r:id="rId962"/>
+    <hyperlink ref="G964" r:id="rId963"/>
+    <hyperlink ref="G965" r:id="rId964"/>
+    <hyperlink ref="G966" r:id="rId965"/>
+    <hyperlink ref="G967" r:id="rId966"/>
+    <hyperlink ref="G968" r:id="rId967"/>
+    <hyperlink ref="G969" r:id="rId968"/>
+    <hyperlink ref="G970" r:id="rId969"/>
+    <hyperlink ref="G971" r:id="rId970"/>
+    <hyperlink ref="G972" r:id="rId971"/>
+    <hyperlink ref="G973" r:id="rId972"/>
+    <hyperlink ref="G974" r:id="rId973"/>
+    <hyperlink ref="G975" r:id="rId974"/>
+    <hyperlink ref="G976" r:id="rId975"/>
+    <hyperlink ref="G977" r:id="rId976"/>
+    <hyperlink ref="G978" r:id="rId977"/>
+    <hyperlink ref="G979" r:id="rId978"/>
+    <hyperlink ref="G980" r:id="rId979"/>
+    <hyperlink ref="G981" r:id="rId980"/>
+    <hyperlink ref="G982" r:id="rId981"/>
+    <hyperlink ref="G983" r:id="rId982"/>
+    <hyperlink ref="G984" r:id="rId983"/>
+    <hyperlink ref="G985" r:id="rId984"/>
+    <hyperlink ref="G986" r:id="rId985"/>
+    <hyperlink ref="G987" r:id="rId986"/>
+    <hyperlink ref="G988" r:id="rId987"/>
+    <hyperlink ref="G989" r:id="rId988"/>
+    <hyperlink ref="G990" r:id="rId989"/>
+    <hyperlink ref="G991" r:id="rId990"/>
+    <hyperlink ref="G992" r:id="rId991"/>
+    <hyperlink ref="G993" r:id="rId992"/>
+    <hyperlink ref="G994" r:id="rId993"/>
+    <hyperlink ref="G995" r:id="rId994"/>
+    <hyperlink ref="G996" r:id="rId995"/>
+    <hyperlink ref="G997" r:id="rId996"/>
+    <hyperlink ref="G998" r:id="rId997"/>
+    <hyperlink ref="G999" r:id="rId998"/>
+    <hyperlink ref="G1000" r:id="rId999"/>
+    <hyperlink ref="G1001" r:id="rId1000"/>
+    <hyperlink ref="G1002" r:id="rId1001"/>
+    <hyperlink ref="G1003" r:id="rId1002"/>
+    <hyperlink ref="G1004" r:id="rId1003"/>
+    <hyperlink ref="G1005" r:id="rId1004"/>
+    <hyperlink ref="G1006" r:id="rId1005"/>
+    <hyperlink ref="G1007" r:id="rId1006"/>
+    <hyperlink ref="G1008" r:id="rId1007"/>
+    <hyperlink ref="G1009" r:id="rId1008"/>
+    <hyperlink ref="G1010" r:id="rId1009"/>
+    <hyperlink ref="G1011" r:id="rId1010"/>
+    <hyperlink ref="G1012" r:id="rId1011"/>
+    <hyperlink ref="G1013" r:id="rId1012"/>
+    <hyperlink ref="G1014" r:id="rId1013"/>
+    <hyperlink ref="G1015" r:id="rId1014"/>
+    <hyperlink ref="G1016" r:id="rId1015"/>
+    <hyperlink ref="G1017" r:id="rId1016"/>
+    <hyperlink ref="G1018" r:id="rId1017"/>
+    <hyperlink ref="G1019" r:id="rId1018"/>
+    <hyperlink ref="G1020" r:id="rId1019"/>
+    <hyperlink ref="G1021" r:id="rId1020"/>
+    <hyperlink ref="G1022" r:id="rId1021"/>
+    <hyperlink ref="G1023" r:id="rId1022"/>
+    <hyperlink ref="G1024" r:id="rId1023"/>
+    <hyperlink ref="G1025" r:id="rId1024"/>
+    <hyperlink ref="G1026" r:id="rId1025"/>
+    <hyperlink ref="G1027" r:id="rId1026"/>
+    <hyperlink ref="G1028" r:id="rId1027"/>
+    <hyperlink ref="G1029" r:id="rId1028"/>
+    <hyperlink ref="G1030" r:id="rId1029"/>
+    <hyperlink ref="G1031" r:id="rId1030"/>
+    <hyperlink ref="G1032" r:id="rId1031"/>
+    <hyperlink ref="G1033" r:id="rId1032"/>
+    <hyperlink ref="G1034" r:id="rId1033"/>
+    <hyperlink ref="G1035" r:id="rId1034"/>
+    <hyperlink ref="G1036" r:id="rId1035"/>
+    <hyperlink ref="G1037" r:id="rId1036"/>
+    <hyperlink ref="G1038" r:id="rId1037"/>
+    <hyperlink ref="G1039" r:id="rId1038"/>
+    <hyperlink ref="G1040" r:id="rId1039"/>
+    <hyperlink ref="G1041" r:id="rId1040"/>
+    <hyperlink ref="G1042" r:id="rId1041"/>
+    <hyperlink ref="G1043" r:id="rId1042"/>
+    <hyperlink ref="G1044" r:id="rId1043"/>
+    <hyperlink ref="G1045" r:id="rId1044"/>
+    <hyperlink ref="G1046" r:id="rId1045"/>
+    <hyperlink ref="G1047" r:id="rId1046"/>
+    <hyperlink ref="G1048" r:id="rId1047"/>
+    <hyperlink ref="G1049" r:id="rId1048"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>