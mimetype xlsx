--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8282" uniqueCount="2460">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8322" uniqueCount="2480">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -7265,50 +7265,110 @@
     <t>1031</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>Lei n. 3798, de 05 de dezembro de 2025, de autoria do Poder Legislativo, que “Dispõe sobre a racionalização de atos e procedimentos administrativos no âmbito da Administração Pública Municipal, nos termos da Lei Federal nº 13.726, de 8 de outubro de 2018, e dá outras providências”.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>Lei n. 3799, de 08 de dezembro de 2025, de autoria do Poder Legislativo, que “Declara de Utilidade Pública a Sociedade Beneficente Latino-Americano da Amazônia – SBLAA (Santa Casa de Rondônia)”.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>Lei n. 3800, de 08 de dezembro de 2025, de autoria do Poder Legislativo, que “Institui no âmbito do Município de Ji-Paraná o evento “Marcha para Jesus”, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>3801</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/lei_3801_de_08-12-2025_-_prorroga_plano_diretor_-_altera_lei_3464-21.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3801, de 08 de dezembro de 2025, de autoria do Poder Executivo, que “Altera e revoga dispositivos da Lei Municipal n. 3464, de 23 de dezembro de 2021 - Plano Diretor Municipal e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>3802</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/lei_3802_de_08-12-2025_-_cria_cargo_concurso_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3802, de 08 de dezembro de 2025, de autoria do Poder Executivo, que “Dispõe sobre a criação de cargos de provimento efetivo, no âmbito das Secretarias de Administração, Saúde e Educação, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>3803</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/lei_3803_de_08-12-2025_-_modifica_a_lei_3284-2019_-profae.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3803, de 08 de dezembro de 2025, de autoria do Poder Executivo, que “Modifica a Lei nº 3284, de 7 de novembro de 2019; revoga a Lei nº 3618, de 23 de dezembro de 2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>3804</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/lei-3804_de_22-12-2025_-_remuneracao_dos_integrantes_do_grupo_unificado_de_fiscalizacao.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3804, de 22 de dezembro de 2025, de autoria do Poder Executivo, que "Dispõe sobre a remuneração dos integrantes do Grupo Unificado de Fiscalização do Município de Ji-Paraná; revoga a Lei Municipal n. 2150, de 4 de maio de 2011 e suas alterações; e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>3805</t>
+  </si>
+  <si>
+    <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/lei_3805_de_22-12-2025_-_padronizacao_cores_predios_publicos.pdf</t>
+  </si>
+  <si>
+    <t>Lei n. 3805, de 22 de dezembro de 2025, de autoria do Poder Executivo, que “Dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pelo Município de Ji-Paraná e dá outras providências”.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_n._4416_3276_de_origem_-_credito_adicional_especial_r_426.700_fumcrianca.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n. 4416/2025 (3276 de origem), de 31 de julho de 2025, que “Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no corrente exercício financeiro, e dá outras providências</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>DLEG</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/decreto_360_-_pd_300_-_titulo_honorifico_cidadao_honorario_jaime_bagattoli.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo n. 360/2025, de 20 de maio de 2025 que, “Dispõe sobre a concessão do Título Honorífico de Cidadão Honorário Jiparanaense ao Excelentíssimo Senhor Jaime Maximino Bagattoli – DD. Senador da República”.</t>
   </si>
@@ -7738,56 +7798,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/845/emenda_modificativa_001-gabpref-2025_-_ploa-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/981/emenda_modificativa_ao_pl_4423_2025_scopony_-_convenio_sejus.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1004/emendas_aditivas_4_rosana_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1005/01-emenda_modificativa-2_ao_proj._3296_para_anexo_no_sapl.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1008/emenda_modificativa_002_ccjr_e_cfo_ao_pl_4443_3296_de_origem.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_decreto_300_-_titulo_honorifico_de_cidadao_honorario_sr._jaime_maximino_bagattoli.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_decreto_301_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_sr._fernando_maximo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/projeto_de_decreto_302_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_leobaldo_alves_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/projeto_de_decreto_303_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_ismael_crispin.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_decreto_304_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_sr._juiz_maxilmiliano_darcy_david_deitos.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_decreto_305_-_aprovacao_da_prestacao_de_contas_do_municipio_2023.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1049/projeto_de_lei_n._4379_3260_de_origem_-__alteracoes_na_lei__n._1403_que_institui_o_regime_proprio_de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_lei_n._4380_3261_de_origem_-_alteracao_e_revogacao_de_dispositivos_da_lei_municipal_n._2271_agerji.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_n._4381_3262_de_origem_-_criacao_do_conselho_de_desenvolvimento_sustentavel_e_estrategico_de_ji-parana_-_avanca_ji-parana.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_n._4382_3263_de_origem_-_credito_adicional_especial_r_900.00000.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n._4386_marcelo_-_institui_julho_laranja.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/projeto_de_lei_n._4390_3265_de_origem_-_credito_adicional_especial_r_277.00000_ressarcimento_de_despesa_de_pessoal_requisitado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1075/projeto_de_lei_n._4391_3266_de_origem_-_altera_e_revolga_dispositivos_da_lei_3642_conselhos_tutelares.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1078/projeto_de_lei_n._4392_c.e_-_cessao_de_uso_toyota_etios.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/projeto_de_lei_n._4393_c.e_-_cessao_de_uso_toyota_hilux.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1079/projeto_de_lei_n._4394_marcelo_-_programa_jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_n._4396_3267_de_origem_-_piso_salarial_nacional_profissionais_do_magisterio_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_lei_n._4397_3268_de_origem_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1085/projeto_de_lei_n._4398_3269_-_altera_a_lei_municipal_n._3464__de_23_de_dezembro_de_2021_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_lei_n._4399_c.e_-_revoga_a_lei_3736_auxilios_vereadores_lei_3029.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_n._4400_marcelo_-_denominacao_do_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1092/projeto_de_lei_n._4402_c.e_-_alteracoes_na_lei_965.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/708/projeto_de_lei_n._4403_rosana_-_transparencia_das_filas_de_espera_do_sus.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1095/projeto_de_lei_n._4404_rosana_-_obrigatoriedade_de_apresentacao_de_relatorio_de_impacto_financeiro_nos_proj._que_criem_ou_ampliem_obrigacoes_p_pessoas_fisicas_ou_juridicas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_de_lei_n._4405_3271_de_origem_-_vencimento_dos_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/709/projeto_de_lei_n._4406_rosana_-_declaracao_de_direitos_de_liberdade_economica.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/projeto_de_lei_n._4407_weslei_-_utilidade_publica_a_associacao_de_monitores_e_apoiadores_de_pessoas_com_deficiencia_auditiva.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_n._4408_rosana_-_desburocratizacao_lei_federal_n._13.726.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_n._4409_edison_fidelis_e_marcio_freitas_-_marcha_para_jesus.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_n._4410_3272_de_origem_-_credito_adicional_especial_440.00000_saude.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_n._4411_3273_de_origem_-_altera_lei_3713_comsea.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_n._4412_3274_de_origem_-_programa_de_apoio_e_acolhimento_maes_atipicas_abraco_acolhedor.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_lei_n._4413_wanderson_-_utilidade_publica_a_associacao_indigena_mapayrap_karorap_em_ji-parana..pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_lei_n._4414_marcelo_-_programa_de_fornecimento_gratuito_de_sensores_ou_aparelhos__de_monitoramento_continuo_da_glicemia_para_criancas_com_diabetes_mellitus_tipo_1.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_lei_n._4415_3275_de_origem_-_proibicao_do_transporte_remunerado_de_passageiros_por_meio_de_motocicletas_particulares_em_aplicativos_digitais.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_n._4416_3276_de_origem.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n._4418_3277_-_altera_e_acresce_dispositivos_a_lei_municipal_no_3355_plantoes_extraordinario_saude.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_n._4419_3278_de_origem_-_credito_adicional_especial_r_687.42331_fmas_e_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/projeto_de_lei_n._4420_marcelo_-_carteira_fibromialgia_anteprojeto_n._019.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_n._4422_marcio_-_protejipa.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_n._4423_3280_de_origem_-_termo_de_convenio_sejus.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_n._4424_ademir_scopony_-_institui_o_dia_municipal_dos_surdos.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_n._4425_3281_de_origem_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_n._4426_3282_de_origem_-_ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_n._4427_3283_de_origem_-_selo_para_produtos_artesanais_de_origem_animal.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_n._4428_3284_de_origem_-_cessao_gratuita_de_uso_do_imovel_a_idaron.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_n._4429_3285_de_origem_-_credito_adicional_especial_-_15.00000_ipreji.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_n._4430_3286_de_origem_-_credito_adicional_especial_-_3.38300441-_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_n._4431_3287_de_origem_-_credito_adicional_especial_-_amt.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n._4433_3289_de_origem_-_gratificacao_de_incentivo_a_atividade_medica.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/858/projeto_de_lei_n._4434_3290_de_origem_-_extingue_cargos_poder_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_de_lei_n._4437_3292_de_origem_-_adequacao_do_vencimento_aux._enfermagem_.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei_n._4438_3293_de_origem_-_refis_jipa_.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_n._4439_3294_de_origem_-_selo_produtos_comestiveis_de_origem_vegetal_.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n._4440_weslei_-_utilidade_publica_-_sociedade_beneficente_latino_americano_da_amazonia_-_sblaa.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/966/projeto_de_lei_n._4441_3295_de_origem_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_n._4442_wallisson_-_utilidade_publica_-_associacao_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/988/projeto_de_lei_n._4443_3296_-_fiscalizacao_alteracao_na_lei_n._2250.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_n._4444_3297_-_cinderondonia.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_n._4445_3298_de_origem_-_prorroga_prazo_revisao_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1007/projeto_de_lei_n._4446_3299_de_origem_-_criacao_de_cargos_efetivos_concurso.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n._4448_3300_-_profae_modifica_a_lei_n._3284_e_revoga_a_lei_n._3618.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_n._4449_3301_-_padronizacao_das_cores_de_imoveis_publicos.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_n._4450_rosana_-_altera_a_lei_n._3641_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_lei_n._4451_c.e_-_extincao_de_cargos_na_lei_n._965.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_lei_n._4452_weslei_-_altera_a_lei_n._1756_bairro_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_resolucao_n._264_-_altera_o_art._29_da_resolucao_n._204_-_gestao_e_fiscalizacao_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_resolucao_n._265_-_verba_de_ressarcimento_revoga_192_193_e_195.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/912/proposta_de_emenda_43_-.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1054/lei_3737_de_27-02-25_-_alteracao_da_lei_1403-2005_-_ipreji.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1055/lei_3738_de_27-02-25_-_alteracao_da_lei_2271-2012_-_agerji.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/lei_3739_de_27-02-25_-_credito_adicional_especial_r_900.00000.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1057/lei_3740_de_28-02-25_-_avanca_ji-parana.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/lei_3743-2025_-_altera_lei_3484-2022.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1061/lei_3744-2025_-_altera_lei_965-2000.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1062/lei_3745-2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_3753_-_piso_salarial_educacao.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/93/lei-3771_-_credito_adicional_especial_r_426.700_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/94/lei-3772-_plantoes_extraordinarios_profissionais_saude_enfermeiro_e_tecnicos_enfermagem_altera_lei_municipal_no_3355.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/123/lei-3773_-_credito_especial_-_republicada.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/124/lei-3774_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/849/lei-3775.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/850/lei-3776.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/853/lei-3779.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/854/lei-3780.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/855/lei-3781.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_n._4416_3276_de_origem_-_credito_adicional_especial_r_426.700_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/decreto_360_-_pd_300_-_titulo_honorifico_cidadao_honorario_jaime_bagattoli.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/decreto_362_-_pd_302_-_titulo_honorifico_cidadao_honorario_leobaldo_alves_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/decreto_363_-_pd_303_-_titulo_honorifico_cidadao_honorario_ismael_crispin.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/decreto_364_-_pd_304_-_titulo_honorifico_cidadao_honorario_maximiliano_darcy_david_deitos_2.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/resolucao_n._206_horario_sessao.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/resolucao_n._207_comissao_de_seguranca_e_transito.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/resolucao_n._208_-_regulamenta_assessoria_parlamentar_volante.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/resolucao_n._209_-_altera_o_art._29_da_resolucao_n._204-2024.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/resolucao_n._210_-_verba_de_ressarcimento_-_dom_4508_-_21-05.2025.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/845/emenda_modificativa_001-gabpref-2025_-_ploa-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/981/emenda_modificativa_ao_pl_4423_2025_scopony_-_convenio_sejus.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1004/emendas_aditivas_4_rosana_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1005/01-emenda_modificativa-2_ao_proj._3296_para_anexo_no_sapl.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1008/emenda_modificativa_002_ccjr_e_cfo_ao_pl_4443_3296_de_origem.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_decreto_300_-_titulo_honorifico_de_cidadao_honorario_sr._jaime_maximino_bagattoli.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_decreto_301_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_sr._fernando_maximo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/projeto_de_decreto_302_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_leobaldo_alves_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/projeto_de_decreto_303_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_ismael_crispin.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_decreto_304_-_titulo_honorifico_de_cidadao_honorario_jiparanaense_sr._juiz_maxilmiliano_darcy_david_deitos.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_decreto_305_-_aprovacao_da_prestacao_de_contas_do_municipio_2023.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1049/projeto_de_lei_n._4379_3260_de_origem_-__alteracoes_na_lei__n._1403_que_institui_o_regime_proprio_de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_lei_n._4380_3261_de_origem_-_alteracao_e_revogacao_de_dispositivos_da_lei_municipal_n._2271_agerji.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_n._4381_3262_de_origem_-_criacao_do_conselho_de_desenvolvimento_sustentavel_e_estrategico_de_ji-parana_-_avanca_ji-parana.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_n._4382_3263_de_origem_-_credito_adicional_especial_r_900.00000.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1052/projeto_de_lei_n._4386_marcelo_-_institui_julho_laranja.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/projeto_de_lei_n._4390_3265_de_origem_-_credito_adicional_especial_r_277.00000_ressarcimento_de_despesa_de_pessoal_requisitado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1075/projeto_de_lei_n._4391_3266_de_origem_-_altera_e_revolga_dispositivos_da_lei_3642_conselhos_tutelares.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1078/projeto_de_lei_n._4392_c.e_-_cessao_de_uso_toyota_etios.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/projeto_de_lei_n._4393_c.e_-_cessao_de_uso_toyota_hilux.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1079/projeto_de_lei_n._4394_marcelo_-_programa_jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_n._4396_3267_de_origem_-_piso_salarial_nacional_profissionais_do_magisterio_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_lei_n._4397_3268_de_origem_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1085/projeto_de_lei_n._4398_3269_-_altera_a_lei_municipal_n._3464__de_23_de_dezembro_de_2021_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_lei_n._4399_c.e_-_revoga_a_lei_3736_auxilios_vereadores_lei_3029.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1086/projeto_de_lei_n._4400_marcelo_-_denominacao_do_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1092/projeto_de_lei_n._4402_c.e_-_alteracoes_na_lei_965.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/708/projeto_de_lei_n._4403_rosana_-_transparencia_das_filas_de_espera_do_sus.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1095/projeto_de_lei_n._4404_rosana_-_obrigatoriedade_de_apresentacao_de_relatorio_de_impacto_financeiro_nos_proj._que_criem_ou_ampliem_obrigacoes_p_pessoas_fisicas_ou_juridicas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_de_lei_n._4405_3271_de_origem_-_vencimento_dos_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/709/projeto_de_lei_n._4406_rosana_-_declaracao_de_direitos_de_liberdade_economica.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/projeto_de_lei_n._4407_weslei_-_utilidade_publica_a_associacao_de_monitores_e_apoiadores_de_pessoas_com_deficiencia_auditiva.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_n._4408_rosana_-_desburocratizacao_lei_federal_n._13.726.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_n._4409_edison_fidelis_e_marcio_freitas_-_marcha_para_jesus.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_n._4410_3272_de_origem_-_credito_adicional_especial_440.00000_saude.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_n._4411_3273_de_origem_-_altera_lei_3713_comsea.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_n._4412_3274_de_origem_-_programa_de_apoio_e_acolhimento_maes_atipicas_abraco_acolhedor.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_lei_n._4413_wanderson_-_utilidade_publica_a_associacao_indigena_mapayrap_karorap_em_ji-parana..pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_lei_n._4414_marcelo_-_programa_de_fornecimento_gratuito_de_sensores_ou_aparelhos__de_monitoramento_continuo_da_glicemia_para_criancas_com_diabetes_mellitus_tipo_1.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_lei_n._4415_3275_de_origem_-_proibicao_do_transporte_remunerado_de_passageiros_por_meio_de_motocicletas_particulares_em_aplicativos_digitais.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_n._4416_3276_de_origem.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_n._4418_3277_-_altera_e_acresce_dispositivos_a_lei_municipal_no_3355_plantoes_extraordinario_saude.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_n._4419_3278_de_origem_-_credito_adicional_especial_r_687.42331_fmas_e_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/projeto_de_lei_n._4420_marcelo_-_carteira_fibromialgia_anteprojeto_n._019.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_n._4422_marcio_-_protejipa.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_n._4423_3280_de_origem_-_termo_de_convenio_sejus.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_n._4424_ademir_scopony_-_institui_o_dia_municipal_dos_surdos.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_n._4425_3281_de_origem_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_n._4426_3282_de_origem_-_ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_n._4427_3283_de_origem_-_selo_para_produtos_artesanais_de_origem_animal.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_n._4428_3284_de_origem_-_cessao_gratuita_de_uso_do_imovel_a_idaron.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_n._4429_3285_de_origem_-_credito_adicional_especial_-_15.00000_ipreji.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_n._4430_3286_de_origem_-_credito_adicional_especial_-_3.38300441-_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_n._4431_3287_de_origem_-_credito_adicional_especial_-_amt.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n._4433_3289_de_origem_-_gratificacao_de_incentivo_a_atividade_medica.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/858/projeto_de_lei_n._4434_3290_de_origem_-_extingue_cargos_poder_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_de_lei_n._4437_3292_de_origem_-_adequacao_do_vencimento_aux._enfermagem_.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei_n._4438_3293_de_origem_-_refis_jipa_.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_n._4439_3294_de_origem_-_selo_produtos_comestiveis_de_origem_vegetal_.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n._4440_weslei_-_utilidade_publica_-_sociedade_beneficente_latino_americano_da_amazonia_-_sblaa.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/966/projeto_de_lei_n._4441_3295_de_origem_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_n._4442_wallisson_-_utilidade_publica_-_associacao_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/988/projeto_de_lei_n._4443_3296_-_fiscalizacao_alteracao_na_lei_n._2250.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_n._4444_3297_-_cinderondonia.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_n._4445_3298_de_origem_-_prorroga_prazo_revisao_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1007/projeto_de_lei_n._4446_3299_de_origem_-_criacao_de_cargos_efetivos_concurso.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n._4448_3300_-_profae_modifica_a_lei_n._3284_e_revoga_a_lei_n._3618.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_n._4449_3301_-_padronizacao_das_cores_de_imoveis_publicos.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_n._4450_rosana_-_altera_a_lei_n._3641_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_lei_n._4451_c.e_-_extincao_de_cargos_na_lei_n._965.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_lei_n._4452_weslei_-_altera_a_lei_n._1756_bairro_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_resolucao_n._264_-_altera_o_art._29_da_resolucao_n._204_-_gestao_e_fiscalizacao_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_resolucao_n._265_-_verba_de_ressarcimento_revoga_192_193_e_195.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/912/proposta_de_emenda_43_-.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1054/lei_3737_de_27-02-25_-_alteracao_da_lei_1403-2005_-_ipreji.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1055/lei_3738_de_27-02-25_-_alteracao_da_lei_2271-2012_-_agerji.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/lei_3739_de_27-02-25_-_credito_adicional_especial_r_900.00000.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1057/lei_3740_de_28-02-25_-_avanca_ji-parana.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/lei_3743-2025_-_altera_lei_3484-2022.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1061/lei_3744-2025_-_altera_lei_965-2000.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1062/lei_3745-2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_3753_-_piso_salarial_educacao.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/93/lei-3771_-_credito_adicional_especial_r_426.700_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/94/lei-3772-_plantoes_extraordinarios_profissionais_saude_enfermeiro_e_tecnicos_enfermagem_altera_lei_municipal_no_3355.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/123/lei-3773_-_credito_especial_-_republicada.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/124/lei-3774_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/849/lei-3775.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/850/lei-3776.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/853/lei-3779.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/854/lei-3780.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/855/lei-3781.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/lei_3801_de_08-12-2025_-_prorroga_plano_diretor_-_altera_lei_3464-21.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/lei_3802_de_08-12-2025_-_cria_cargo_concurso_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/lei_3803_de_08-12-2025_-_modifica_a_lei_3284-2019_-profae.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/lei-3804_de_22-12-2025_-_remuneracao_dos_integrantes_do_grupo_unificado_de_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/lei_3805_de_22-12-2025_-_padronizacao_cores_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_n._4416_3276_de_origem_-_credito_adicional_especial_r_426.700_fumcrianca.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/decreto_360_-_pd_300_-_titulo_honorifico_cidadao_honorario_jaime_bagattoli.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/decreto_362_-_pd_302_-_titulo_honorifico_cidadao_honorario_leobaldo_alves_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/decreto_363_-_pd_303_-_titulo_honorifico_cidadao_honorario_ismael_crispin.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/decreto_364_-_pd_304_-_titulo_honorifico_cidadao_honorario_maximiliano_darcy_david_deitos_2.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/resolucao_n._206_horario_sessao.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/resolucao_n._207_comissao_de_seguranca_e_transito.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/resolucao_n._208_-_regulamenta_assessoria_parlamentar_volante.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/resolucao_n._209_-_altera_o_art._29_da_resolucao_n._204-2024.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/resolucao_n._210_-_verba_de_ressarcimento_-_dom_4508_-_21-05.2025.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jiparana.ro.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1049"/>
+  <dimension ref="A1:H1054"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="245.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -34382,368 +34442,498 @@
       </c>
       <c r="C1035" t="s">
         <v>2416</v>
       </c>
       <c r="D1035" t="s">
         <v>2216</v>
       </c>
       <c r="E1035" t="s">
         <v>2217</v>
       </c>
       <c r="G1035" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H1035" t="s">
         <v>2417</v>
       </c>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036" t="s">
         <v>2418</v>
       </c>
       <c r="B1036" t="s">
         <v>9</v>
       </c>
       <c r="C1036" t="s">
-        <v>1952</v>
+        <v>2419</v>
       </c>
       <c r="D1036" t="s">
         <v>2216</v>
       </c>
       <c r="E1036" t="s">
         <v>2217</v>
       </c>
       <c r="F1036" t="s">
         <v>13</v>
       </c>
       <c r="G1036" s="1" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="H1036" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="B1037" t="s">
         <v>9</v>
       </c>
       <c r="C1037" t="s">
-        <v>991</v>
+        <v>2423</v>
       </c>
       <c r="D1037" t="s">
-        <v>2422</v>
+        <v>2216</v>
       </c>
       <c r="E1037" t="s">
-        <v>2423</v>
+        <v>2217</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>13</v>
       </c>
       <c r="G1037" s="1" t="s">
         <v>2424</v>
       </c>
       <c r="H1037" t="s">
         <v>2425</v>
       </c>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038" t="s">
         <v>2426</v>
       </c>
       <c r="B1038" t="s">
         <v>9</v>
       </c>
       <c r="C1038" t="s">
-        <v>994</v>
+        <v>2427</v>
       </c>
       <c r="D1038" t="s">
-        <v>2422</v>
+        <v>2216</v>
       </c>
       <c r="E1038" t="s">
-        <v>2423</v>
+        <v>2217</v>
+      </c>
+      <c r="F1038" t="s">
+        <v>13</v>
       </c>
       <c r="G1038" s="1" t="s">
-        <v>37</v>
+        <v>2428</v>
       </c>
       <c r="H1038" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="B1039" t="s">
         <v>9</v>
       </c>
       <c r="C1039" t="s">
-        <v>1113</v>
+        <v>2431</v>
       </c>
       <c r="D1039" t="s">
-        <v>2422</v>
+        <v>2216</v>
       </c>
       <c r="E1039" t="s">
-        <v>2423</v>
+        <v>2217</v>
+      </c>
+      <c r="F1039" t="s">
+        <v>13</v>
       </c>
       <c r="G1039" s="1" t="s">
-        <v>2429</v>
+        <v>2432</v>
       </c>
       <c r="H1039" t="s">
-        <v>2430</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040" t="s">
-        <v>2431</v>
+        <v>2434</v>
       </c>
       <c r="B1040" t="s">
         <v>9</v>
       </c>
       <c r="C1040" t="s">
-        <v>997</v>
+        <v>2435</v>
       </c>
       <c r="D1040" t="s">
-        <v>2422</v>
+        <v>2216</v>
       </c>
       <c r="E1040" t="s">
-        <v>2423</v>
+        <v>2217</v>
+      </c>
+      <c r="F1040" t="s">
+        <v>13</v>
       </c>
       <c r="G1040" s="1" t="s">
-        <v>2432</v>
+        <v>2436</v>
       </c>
       <c r="H1040" t="s">
-        <v>2433</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041" t="s">
-        <v>2434</v>
+        <v>2438</v>
       </c>
       <c r="B1041" t="s">
         <v>9</v>
       </c>
       <c r="C1041" t="s">
-        <v>1116</v>
+        <v>1952</v>
       </c>
       <c r="D1041" t="s">
-        <v>2422</v>
+        <v>2216</v>
       </c>
       <c r="E1041" t="s">
-        <v>2423</v>
+        <v>2217</v>
+      </c>
+      <c r="F1041" t="s">
+        <v>13</v>
       </c>
       <c r="G1041" s="1" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
       <c r="H1041" t="s">
-        <v>2436</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042" t="s">
-        <v>1188</v>
+        <v>2441</v>
       </c>
       <c r="B1042" t="s">
         <v>9</v>
       </c>
       <c r="C1042" t="s">
-        <v>1006</v>
+        <v>991</v>
       </c>
       <c r="D1042" t="s">
-        <v>2422</v>
+        <v>2442</v>
       </c>
       <c r="E1042" t="s">
-        <v>2423</v>
-[...2 lines deleted...]
-        <v>2437</v>
+        <v>2443</v>
       </c>
       <c r="G1042" s="1" t="s">
-        <v>37</v>
+        <v>2444</v>
       </c>
       <c r="H1042" t="s">
-        <v>2438</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043" t="s">
-        <v>2439</v>
+        <v>2446</v>
       </c>
       <c r="B1043" t="s">
         <v>9</v>
       </c>
       <c r="C1043" t="s">
-        <v>1024</v>
+        <v>994</v>
       </c>
       <c r="D1043" t="s">
-        <v>2422</v>
+        <v>2442</v>
       </c>
       <c r="E1043" t="s">
-        <v>2423</v>
+        <v>2443</v>
       </c>
       <c r="G1043" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H1043" t="s">
-        <v>2440</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044" t="s">
-        <v>2441</v>
+        <v>2448</v>
       </c>
       <c r="B1044" t="s">
         <v>9</v>
       </c>
       <c r="C1044" t="s">
-        <v>660</v>
+        <v>1113</v>
       </c>
       <c r="D1044" t="s">
         <v>2442</v>
       </c>
       <c r="E1044" t="s">
         <v>2443</v>
       </c>
       <c r="G1044" s="1" t="s">
-        <v>2444</v>
+        <v>2449</v>
       </c>
       <c r="H1044" t="s">
-        <v>2445</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045" t="s">
-        <v>2446</v>
+        <v>2451</v>
       </c>
       <c r="B1045" t="s">
         <v>9</v>
       </c>
       <c r="C1045" t="s">
-        <v>663</v>
+        <v>997</v>
       </c>
       <c r="D1045" t="s">
         <v>2442</v>
       </c>
       <c r="E1045" t="s">
         <v>2443</v>
       </c>
       <c r="G1045" s="1" t="s">
-        <v>2447</v>
+        <v>2452</v>
       </c>
       <c r="H1045" t="s">
-        <v>2448</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046" t="s">
-        <v>2449</v>
+        <v>2454</v>
       </c>
       <c r="B1046" t="s">
         <v>9</v>
       </c>
       <c r="C1046" t="s">
-        <v>666</v>
+        <v>1116</v>
       </c>
       <c r="D1046" t="s">
         <v>2442</v>
       </c>
       <c r="E1046" t="s">
         <v>2443</v>
       </c>
       <c r="G1046" s="1" t="s">
-        <v>2450</v>
+        <v>2455</v>
       </c>
       <c r="H1046" t="s">
-        <v>2451</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
-        <v>2452</v>
+        <v>1188</v>
       </c>
       <c r="B1047" t="s">
         <v>9</v>
       </c>
       <c r="C1047" t="s">
-        <v>669</v>
+        <v>1006</v>
       </c>
       <c r="D1047" t="s">
         <v>2442</v>
       </c>
       <c r="E1047" t="s">
         <v>2443</v>
       </c>
+      <c r="F1047" t="s">
+        <v>2457</v>
+      </c>
       <c r="G1047" s="1" t="s">
-        <v>2453</v>
+        <v>37</v>
       </c>
       <c r="H1047" t="s">
-        <v>2454</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048" t="s">
-        <v>2455</v>
+        <v>2459</v>
       </c>
       <c r="B1048" t="s">
         <v>9</v>
       </c>
       <c r="C1048" t="s">
-        <v>672</v>
+        <v>1024</v>
       </c>
       <c r="D1048" t="s">
         <v>2442</v>
       </c>
       <c r="E1048" t="s">
         <v>2443</v>
       </c>
       <c r="G1048" s="1" t="s">
-        <v>2456</v>
+        <v>37</v>
       </c>
       <c r="H1048" t="s">
-        <v>2457</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
       <c r="B1049" t="s">
         <v>9</v>
       </c>
       <c r="C1049" t="s">
+        <v>660</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E1049" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G1049" s="1" t="s">
+        <v>2464</v>
+      </c>
+      <c r="H1049" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:8">
+      <c r="A1050" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1050" t="s">
+        <v>663</v>
+      </c>
+      <c r="D1050" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E1050" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G1050" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="H1050" t="s">
+        <v>2468</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:8">
+      <c r="A1051" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1051" t="s">
+        <v>666</v>
+      </c>
+      <c r="D1051" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E1051" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G1051" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H1051" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:8">
+      <c r="A1052" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1052" t="s">
+        <v>669</v>
+      </c>
+      <c r="D1052" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E1052" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G1052" s="1" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H1052" t="s">
+        <v>2474</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:8">
+      <c r="A1053" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1053" t="s">
+        <v>672</v>
+      </c>
+      <c r="D1053" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E1053" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G1053" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="H1053" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:8">
+      <c r="A1054" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1054" t="s">
         <v>679</v>
       </c>
-      <c r="D1049" t="s">
-[...9 lines deleted...]
-        <v>2459</v>
+      <c r="D1054" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E1054" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G1054" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H1054" t="s">
+        <v>2479</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -35752,50 +35942,55 @@
     <hyperlink ref="G1025" r:id="rId1024"/>
     <hyperlink ref="G1026" r:id="rId1025"/>
     <hyperlink ref="G1027" r:id="rId1026"/>
     <hyperlink ref="G1028" r:id="rId1027"/>
     <hyperlink ref="G1029" r:id="rId1028"/>
     <hyperlink ref="G1030" r:id="rId1029"/>
     <hyperlink ref="G1031" r:id="rId1030"/>
     <hyperlink ref="G1032" r:id="rId1031"/>
     <hyperlink ref="G1033" r:id="rId1032"/>
     <hyperlink ref="G1034" r:id="rId1033"/>
     <hyperlink ref="G1035" r:id="rId1034"/>
     <hyperlink ref="G1036" r:id="rId1035"/>
     <hyperlink ref="G1037" r:id="rId1036"/>
     <hyperlink ref="G1038" r:id="rId1037"/>
     <hyperlink ref="G1039" r:id="rId1038"/>
     <hyperlink ref="G1040" r:id="rId1039"/>
     <hyperlink ref="G1041" r:id="rId1040"/>
     <hyperlink ref="G1042" r:id="rId1041"/>
     <hyperlink ref="G1043" r:id="rId1042"/>
     <hyperlink ref="G1044" r:id="rId1043"/>
     <hyperlink ref="G1045" r:id="rId1044"/>
     <hyperlink ref="G1046" r:id="rId1045"/>
     <hyperlink ref="G1047" r:id="rId1046"/>
     <hyperlink ref="G1048" r:id="rId1047"/>
     <hyperlink ref="G1049" r:id="rId1048"/>
+    <hyperlink ref="G1050" r:id="rId1049"/>
+    <hyperlink ref="G1051" r:id="rId1050"/>
+    <hyperlink ref="G1052" r:id="rId1051"/>
+    <hyperlink ref="G1053" r:id="rId1052"/>
+    <hyperlink ref="G1054" r:id="rId1053"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>